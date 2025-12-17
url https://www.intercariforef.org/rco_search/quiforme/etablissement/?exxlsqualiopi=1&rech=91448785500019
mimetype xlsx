--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -537,31 +537,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/01/2025 11:37:25</dc:description>
+  <dc:description>Export en date du 12/17/2025 01:11:17</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>