--- v1 (2025-12-17)
+++ v2 (2026-02-02)
@@ -537,31 +537,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/17/2025 01:11:17</dc:description>
+  <dc:description>Export en date du 02/02/2026 12:26:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>