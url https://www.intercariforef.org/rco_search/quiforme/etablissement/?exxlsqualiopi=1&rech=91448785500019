--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -14,74 +14,71 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>Libellés</t>
   </si>
   <si>
     <t>Action de formation</t>
   </si>
   <si>
     <t>Bilan de compétence</t>
   </si>
   <si>
     <t>VAE</t>
-  </si>
-[...1 lines deleted...]
-    <t>VRAI</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -474,57 +471,57 @@
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1">
         <v>91448785500019</v>
       </c>
       <c r="B2" s="2">
         <v>44670714067</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G2" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H2" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -537,31 +534,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 12:26:05</dc:description>
+  <dc:description>Export en date du 03/20/2026 13:27:38</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>