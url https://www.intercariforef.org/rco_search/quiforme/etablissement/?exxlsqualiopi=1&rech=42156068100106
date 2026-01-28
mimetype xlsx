--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -474,51 +474,51 @@
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1">
         <v>42156068100106</v>
       </c>
       <c r="B2" s="2">
         <v>43250224725</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -537,31 +537,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/30/2025 17:43:10</dc:description>
+  <dc:description>Export en date du 01/28/2026 13:49:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>