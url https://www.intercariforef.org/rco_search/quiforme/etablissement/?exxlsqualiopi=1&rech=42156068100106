--- v1 (2026-01-28)
+++ v2 (2026-03-15)
@@ -537,31 +537,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/28/2026 13:49:36</dc:description>
+  <dc:description>Export en date du 03/15/2026 05:32:56</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>