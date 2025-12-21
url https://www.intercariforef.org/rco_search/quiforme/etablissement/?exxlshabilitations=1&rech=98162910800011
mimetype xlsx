--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -37,102 +37,102 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
-    <t>RNCP35030</t>
+    <t>RNCP36500</t>
+  </si>
+  <si>
+    <t>Chargé de recrutement et conseils en ressources humaines</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>01/06/2027</t>
+  </si>
+  <si>
+    <t>01/06/2022</t>
+  </si>
+  <si>
+    <t>RNCP37849</t>
+  </si>
+  <si>
+    <t>Responsable du développement commercial</t>
+  </si>
+  <si>
+    <t>19/07/2026</t>
+  </si>
+  <si>
+    <t>19/07/2023</t>
+  </si>
+  <si>
+    <t>RNCP38493</t>
+  </si>
+  <si>
+    <t>Manager des ressources humaines</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
+    <t>21/12/2023</t>
+  </si>
+  <si>
+    <t>RNCP41366</t>
   </si>
   <si>
     <t>TP Assistant ressources humaines</t>
   </si>
   <si>
-    <t>VRAI</t>
-[...2 lines deleted...]
-    <t>05/11/2025</t>
+    <t>04/11/2027</t>
   </si>
   <si>
     <t>Non renseignée</t>
-  </si>
-[...37 lines deleted...]
-    <t>21/12/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -521,74 +521,74 @@
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5"/>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1">
         <v>98162910800011</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G2" s="2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1">
         <v>98162910800011</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>98162910800011</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="2" t="s">
@@ -653,31 +653,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/05/2025 00:23:33</dc:description>
+  <dc:description>Export en date du 12/21/2025 15:25:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>