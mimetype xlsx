--- v1 (2025-12-21)
+++ v2 (2026-02-16)
@@ -653,31 +653,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/21/2025 15:25:12</dc:description>
+  <dc:description>Export en date du 02/16/2026 17:41:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>