--- v0 (2025-11-05)
+++ v1 (2026-02-01)
@@ -37,99 +37,99 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
-    <t>RS6240</t>
-[...2 lines deleted...]
-    <t>Gérer la communication digitale d’une entreprise via les réseaux sociaux</t>
+    <t>RS7014</t>
+  </si>
+  <si>
+    <t>Appliquer les techniques de prothésie ongulaire</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
-    <t>25/01/2026</t>
-[...10 lines deleted...]
-  <si>
     <t>31/01/2028</t>
   </si>
   <si>
     <t>31/01/2025</t>
   </si>
   <si>
     <t>RS7238</t>
   </si>
   <si>
     <t>Appliquer les techniques d'extensions de cils</t>
   </si>
   <si>
     <t>18/07/2027</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>RS7351</t>
   </si>
   <si>
     <t>Gérer la communication digitale d'une entreprise via les réseaux sociaux</t>
   </si>
   <si>
     <t>27/10/2028</t>
   </si>
   <si>
     <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>RS7416</t>
+  </si>
+  <si>
+    <t>Appliquer les techniques de mise en beauté des pieds</t>
+  </si>
+  <si>
+    <t>27/11/2027</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -650,31 +650,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/05/2025 18:32:53</dc:description>
+  <dc:description>Export en date du 02/01/2026 12:57:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>