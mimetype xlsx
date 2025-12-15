--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="354">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="398">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP34848</t>
   </si>
   <si>
@@ -1064,50 +1064,182 @@
     <t>Licence Professionnelle Métiers de la santé : technologies (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40808</t>
   </si>
   <si>
     <t>Licence Professionnelle Métiers de l'industrie : métallurgie, mise en forme des matériaux et soudage (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40979</t>
   </si>
   <si>
     <t>LICENCE Géographie et aménagement (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP41258</t>
   </si>
   <si>
     <t>31/08/2030</t>
   </si>
   <si>
     <t>RNCP41277</t>
   </si>
   <si>
     <t>LICENCE Sciences pour la santé (fiche nationale)</t>
+  </si>
+  <si>
+    <t>RNCP41560</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41566</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Agronomie</t>
+  </si>
+  <si>
+    <t>RNCP41567</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Science de l'aliment et biotechnologie</t>
+  </si>
+  <si>
+    <t>RNCP41568</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Sciences de l'environnement et écotechnologies</t>
+  </si>
+  <si>
+    <t>RNCP41574</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux bâtiment</t>
+  </si>
+  <si>
+    <t>RNCP41575</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux publics</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41578</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électricité et maîtrise de l'énergie</t>
+  </si>
+  <si>
+    <t>RNCP41579</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électronique et systèmes embarqués</t>
+  </si>
+  <si>
+    <t>RNCP41581</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Conception et production durables</t>
+  </si>
+  <si>
+    <t>RNCP41582</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Innovation pour l'industrie</t>
+  </si>
+  <si>
+    <t>RNCP41584</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Simulation numérique et réalité virtuelle</t>
+  </si>
+  <si>
+    <t>RNCP41589</t>
+  </si>
+  <si>
+    <t>RNCP41590</t>
+  </si>
+  <si>
+    <t>RNCP41598</t>
+  </si>
+  <si>
+    <t>RNCP41599</t>
+  </si>
+  <si>
+    <t>BUT Gestion administrative et commerciale des organisations : Management responsable de projet et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41624</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
+  </si>
+  <si>
+    <t>RNCP41634</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
   </si>
   <si>
     <t>RS6894</t>
   </si>
   <si>
     <t>Certificat Pix</t>
   </si>
   <si>
     <t>28/11/2029</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1453,51 +1585,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H164"/>
+  <dimension ref="A1:H188"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -5228,63 +5360,615 @@
       </c>
       <c r="C163" s="2" t="s">
         <v>349</v>
       </c>
       <c r="D163" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G163" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>350</v>
       </c>
       <c r="C164" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D164" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E164" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F164" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G164" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B165" s="2" t="s">
         <v>351</v>
       </c>
-      <c r="D164" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E164" s="2" t="s">
+      <c r="C165" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="D165" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E165" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F165" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G165" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B166" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="C166" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="D166" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E166" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F166" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G166" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B167" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="C167" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="D167" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E167" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F167" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G167" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B168" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="C168" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="D168" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E168" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F168" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G168" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B169" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="C169" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E169" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F169" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G169" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B170" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="C170" s="2" t="s">
+        <v>362</v>
+      </c>
+      <c r="D170" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E170" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F170" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G170" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B171" s="2" t="s">
+        <v>363</v>
+      </c>
+      <c r="C171" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="D171" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E171" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F171" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G171" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B172" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="C172" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="D172" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E172" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F172" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G172" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B173" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="C173" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="D173" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E173" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F173" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G173" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B174" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="C174" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E174" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F174" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G174" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B175" s="2" t="s">
+        <v>371</v>
+      </c>
+      <c r="C175" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="D175" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E175" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F175" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G175" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B176" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="C176" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="D176" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E176" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F176" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G176" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B177" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="C177" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="D177" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E177" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F177" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G177" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B178" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="C178" s="2" t="s">
+        <v>378</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E178" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F178" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G178" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B179" s="2" t="s">
+        <v>379</v>
+      </c>
+      <c r="C179" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E179" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F179" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G179" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B180" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="C180" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D180" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E180" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F180" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G180" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B181" s="2" t="s">
+        <v>381</v>
+      </c>
+      <c r="C181" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D181" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E181" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F181" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G181" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B182" s="2" t="s">
+        <v>382</v>
+      </c>
+      <c r="C182" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E182" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F182" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G182" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B183" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="C183" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E183" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F183" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B184" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="C184" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E184" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F184" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G184" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B185" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="C185" s="2" t="s">
+        <v>389</v>
+      </c>
+      <c r="D185" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E185" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F185" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B186" s="2" t="s">
+        <v>390</v>
+      </c>
+      <c r="C186" s="2" t="s">
+        <v>391</v>
+      </c>
+      <c r="D186" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E186" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G186" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B187" s="2" t="s">
+        <v>392</v>
+      </c>
+      <c r="C187" s="2" t="s">
+        <v>393</v>
+      </c>
+      <c r="D187" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E187" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F187" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G187" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B188" s="2" t="s">
+        <v>394</v>
+      </c>
+      <c r="C188" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="D188" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E188" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="F164" s="2" t="s">
-[...3 lines deleted...]
-        <v>353</v>
+      <c r="F188" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="G188" s="2" t="s">
+        <v>397</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -5297,31 +5981,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/29/2025 18:46:35</dc:description>
+  <dc:description>Export en date du 12/15/2025 20:50:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>