--- v1 (2025-12-15)
+++ v2 (2026-03-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="398">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="418">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP34848</t>
   </si>
   <si>
@@ -502,50 +502,59 @@
   <si>
     <t>RNCP38698</t>
   </si>
   <si>
     <t>MASTER STAPS : entraînement et optimisation de la performance sportive (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP38700</t>
   </si>
   <si>
     <t>MASTER STAPS : management du sport (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP38703</t>
   </si>
   <si>
     <t>MASTER Chimie (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP38705</t>
   </si>
   <si>
     <t>MASTER Chimie et sciences du vivant (fiche nationale)</t>
   </si>
   <si>
+    <t>RNCP38862</t>
+  </si>
+  <si>
+    <t>Licence Professionnelle Activités juridiques : mandataire judiciaire à la protection des majeurs (fiche nationale)</t>
+  </si>
+  <si>
+    <t>31/08/2029</t>
+  </si>
+  <si>
     <t>RNCP38968</t>
   </si>
   <si>
     <t>MASTER Biotechnologies (fiche nationale)</t>
   </si>
   <si>
     <t>30/06/2029</t>
   </si>
   <si>
     <t>RNCP38969</t>
   </si>
   <si>
     <t>MASTER Microbiologie (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP38970</t>
   </si>
   <si>
     <t>MASTER Biologie-Santé (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP38979</t>
   </si>
   <si>
     <t>LICENCE Physique, chimie (fiche nationale)</t>
@@ -616,53 +625,50 @@
   <si>
     <t>RNCP39023</t>
   </si>
   <si>
     <t>LICENCE Psychologie (Fiche nationale)</t>
   </si>
   <si>
     <t>RNCP39025</t>
   </si>
   <si>
     <t>MASTER Psychologie (Fiche nationale)</t>
   </si>
   <si>
     <t>RNCP39040</t>
   </si>
   <si>
     <t>MASTER Intervention et développement social (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP39172</t>
   </si>
   <si>
     <t>MASTER Tourisme (fiche nationale)</t>
   </si>
   <si>
-    <t>31/08/2029</t>
-[...1 lines deleted...]
-  <si>
     <t>RNCP39173</t>
   </si>
   <si>
     <t>LICENCE Langues étrangères appliquées (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP39184</t>
   </si>
   <si>
     <t>MASTER Gestion de l'environnement (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP39185</t>
   </si>
   <si>
     <t>MASTER Biodiversité, écologie et évolution (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP39193</t>
   </si>
   <si>
     <t>MASTER Gestion des territoires et développement local (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP39263</t>
@@ -1198,60 +1204,114 @@
   <si>
     <t>RNCP41622</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41634</t>
   </si>
   <si>
     <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
   </si>
   <si>
+    <t>RNCP41925</t>
+  </si>
+  <si>
+    <t>28/02/2031</t>
+  </si>
+  <si>
+    <t>RNCP41930</t>
+  </si>
+  <si>
+    <t>DEUST Animation et gestion des activités physiques, sportives ou culturelles (fiche nationale)</t>
+  </si>
+  <si>
+    <t>31/08/2031</t>
+  </si>
+  <si>
+    <t>RNCP41946</t>
+  </si>
+  <si>
+    <t>RNCP41947</t>
+  </si>
+  <si>
+    <t>RNCP41949</t>
+  </si>
+  <si>
+    <t>RNCP41950</t>
+  </si>
+  <si>
+    <t>RNCP41951</t>
+  </si>
+  <si>
+    <t>RNCP41952</t>
+  </si>
+  <si>
+    <t>DEUST Pratique et gestion des activités physiques et sportives et de loisirs pour les publics séniors (fiche nationale)</t>
+  </si>
+  <si>
+    <t>RNCP42014</t>
+  </si>
+  <si>
+    <t>14/07/2031</t>
+  </si>
+  <si>
     <t>RS6894</t>
   </si>
   <si>
     <t>Certificat Pix</t>
   </si>
   <si>
     <t>28/11/2029</t>
   </si>
   <si>
     <t>28/11/2024</t>
+  </si>
+  <si>
+    <t>RS7519</t>
+  </si>
+  <si>
+    <t>Développer et mettre en œuvre les compétences spécifiques en prévention et santé au travail dans les missions d’un infirmier</t>
+  </si>
+  <si>
+    <t>27/02/2029</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1585,51 +1645,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H188"/>
+  <dimension ref="A1:H199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -3299,764 +3359,764 @@
       </c>
       <c r="F73" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>165</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>166</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B75" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F75" s="2" t="s">
         <v>167</v>
-      </c>
-[...10 lines deleted...]
-        <v>164</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>187</v>
+        <v>167</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>164</v>
+        <v>190</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>200</v>
+        <v>167</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>201</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>202</v>
       </c>
       <c r="D91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>200</v>
+        <v>164</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>203</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>204</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>200</v>
+        <v>164</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>200</v>
+        <v>164</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>207</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>208</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>200</v>
+        <v>164</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>209</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>210</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>200</v>
+        <v>164</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>211</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>200</v>
+        <v>164</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>200</v>
+        <v>164</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>215</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>200</v>
+        <v>164</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>217</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>218</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>200</v>
+        <v>164</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>219</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>220</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>200</v>
+        <v>164</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>200</v>
+        <v>164</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>223</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>224</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>200</v>
+        <v>164</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>200</v>
+        <v>164</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>228</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>200</v>
+        <v>164</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>229</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>230</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>128</v>
+        <v>164</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>231</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G106" s="2" t="s">
@@ -4173,74 +4233,74 @@
       </c>
       <c r="F111" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>244</v>
       </c>
       <c r="D112" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>200</v>
+        <v>128</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>245</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>246</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>128</v>
+        <v>164</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>247</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>248</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G114" s="2" t="s">
@@ -4265,212 +4325,212 @@
       </c>
       <c r="F115" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>251</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>252</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>253</v>
+        <v>128</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B117" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="C117" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="C117" s="2" t="s">
+      <c r="D117" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E117" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F117" s="2" t="s">
         <v>255</v>
-      </c>
-[...7 lines deleted...]
-        <v>253</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>256</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>257</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>258</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>259</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>128</v>
+        <v>255</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>261</v>
       </c>
       <c r="D120" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>253</v>
+        <v>128</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>262</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>263</v>
       </c>
       <c r="D121" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>128</v>
+        <v>255</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>264</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>265</v>
       </c>
       <c r="D122" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>253</v>
+        <v>128</v>
       </c>
       <c r="G122" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>128</v>
+        <v>255</v>
       </c>
       <c r="G123" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>268</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>269</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G124" s="2" t="s">
@@ -4909,74 +4969,74 @@
       </c>
       <c r="F143" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>308</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>309</v>
       </c>
       <c r="D144" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>310</v>
+        <v>128</v>
       </c>
       <c r="G144" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B145" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="C145" s="2" t="s">
         <v>311</v>
       </c>
-      <c r="C145" s="2" t="s">
+      <c r="D145" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E145" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F145" s="2" t="s">
         <v>312</v>
-      </c>
-[...7 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G145" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>313</v>
       </c>
       <c r="C146" s="2" t="s">
         <v>314</v>
       </c>
       <c r="D146" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G146" s="2" t="s">
@@ -5047,74 +5107,74 @@
       </c>
       <c r="F149" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>321</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>322</v>
       </c>
       <c r="D150" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>115</v>
+        <v>128</v>
       </c>
       <c r="G150" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>323</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>324</v>
       </c>
       <c r="D151" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>325</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>326</v>
       </c>
       <c r="D152" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G152" s="2" t="s">
@@ -5185,74 +5245,74 @@
       </c>
       <c r="F155" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G155" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>333</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>334</v>
       </c>
       <c r="D156" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>335</v>
+        <v>128</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B157" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="C157" s="2" t="s">
         <v>336</v>
       </c>
-      <c r="C157" s="2" t="s">
+      <c r="D157" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E157" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F157" s="2" t="s">
         <v>337</v>
-      </c>
-[...7 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>338</v>
       </c>
       <c r="C158" s="2" t="s">
         <v>339</v>
       </c>
       <c r="D158" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G158" s="2" t="s">
@@ -5314,120 +5374,120 @@
       </c>
       <c r="C161" s="2" t="s">
         <v>345</v>
       </c>
       <c r="D161" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G161" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>8</v>
+        <v>347</v>
       </c>
       <c r="D162" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>347</v>
+        <v>128</v>
       </c>
       <c r="G162" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C163" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D163" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E163" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F163" s="2" t="s">
         <v>349</v>
-      </c>
-[...7 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G163" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>350</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>40</v>
+        <v>351</v>
       </c>
       <c r="D164" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>103</v>
+        <v>128</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>352</v>
+        <v>40</v>
       </c>
       <c r="D165" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>353</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>354</v>
       </c>
       <c r="D166" s="2" t="s">
@@ -5705,120 +5765,120 @@
       </c>
       <c r="C178" s="2" t="s">
         <v>378</v>
       </c>
       <c r="D178" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>379</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>42</v>
+        <v>380</v>
       </c>
       <c r="D179" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G179" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G180" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="D181" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G181" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>383</v>
+        <v>38</v>
       </c>
       <c r="D182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>384</v>
       </c>
       <c r="C183" s="2" t="s">
         <v>385</v>
       </c>
       <c r="D183" s="2" t="s">
@@ -5918,57 +5978,310 @@
       </c>
       <c r="E187" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G187" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>394</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>395</v>
       </c>
       <c r="D188" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E188" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F188" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G188" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B189" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="C189" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="D189" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E189" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F189" s="2" t="s">
+        <v>397</v>
+      </c>
+      <c r="G189" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B190" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="C190" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E190" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F190" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="G190" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B191" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="C191" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D191" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E191" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F191" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="G191" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B192" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="C192" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D192" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E192" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F192" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="G192" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B193" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="C193" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D193" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E193" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F193" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="G193" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B194" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="C194" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D194" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E194" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F194" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="G194" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B195" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="C195" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D195" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E195" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F195" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="G195" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B196" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="C196" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="D196" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E196" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F196" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="G196" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B197" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="C197" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D197" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E197" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F197" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G197" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B198" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="C198" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="D198" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E198" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="F188" s="2" t="s">
-[...3 lines deleted...]
-        <v>397</v>
+      <c r="F198" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="G198" s="2" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" s="1">
+        <v>94129831700012</v>
+      </c>
+      <c r="B199" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="C199" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="D199" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E199" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F199" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="G199" s="2" t="s">
+        <v>417</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -5981,31 +6294,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/15/2025 20:50:14</dc:description>
+  <dc:description>Export en date du 03/14/2026 17:35:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>