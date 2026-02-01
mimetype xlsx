--- v0 (2025-10-29)
+++ v1 (2026-02-01)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="343">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP34822</t>
   </si>
   <si>
@@ -842,50 +842,215 @@
     <t>MASTER Histoire (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40979</t>
   </si>
   <si>
     <t>LICENCE Géographie et aménagement (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40982</t>
   </si>
   <si>
     <t>30/06/2030</t>
   </si>
   <si>
     <t>RNCP41277</t>
   </si>
   <si>
     <t>LICENCE Sciences pour la santé (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP41383</t>
   </si>
   <si>
     <t>31/08/2030</t>
+  </si>
+  <si>
+    <t>RNCP41561</t>
+  </si>
+  <si>
+    <t>31/08/2027</t>
+  </si>
+  <si>
+    <t>RNCP41562</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Contrôle de gestion et pilotage de la performance</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41568</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Sciences de l'environnement et écotechnologies</t>
+  </si>
+  <si>
+    <t>RNCP41576</t>
+  </si>
+  <si>
+    <t>BUT Génie industriel et maintenance : Ingénierie des systèmes pluritechniques</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41579</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électronique et systèmes embarqués</t>
+  </si>
+  <si>
+    <t>RNCP41581</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Conception et production durables</t>
+  </si>
+  <si>
+    <t>RNCP41582</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Innovation pour l'industrie</t>
+  </si>
+  <si>
+    <t>RNCP41583</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Management de process industriel</t>
+  </si>
+  <si>
+    <t>RNCP41584</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Simulation numérique et réalité virtuelle</t>
+  </si>
+  <si>
+    <t>RNCP41593</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Matériaux et contrôles physico-chimiques</t>
+  </si>
+  <si>
+    <t>RNCP41594</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Mesures et analyses environnementales</t>
+  </si>
+  <si>
+    <t>RNCP41595</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Techniques d'instrumentation</t>
+  </si>
+  <si>
+    <t>RNCP41598</t>
+  </si>
+  <si>
+    <t>RNCP41599</t>
+  </si>
+  <si>
+    <t>BUT Gestion administrative et commerciale des organisations : Management responsable de projet et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41601</t>
+  </si>
+  <si>
+    <t>BUT Génie industriel et maintenance : Management, méthodes et maintenance innovante</t>
+  </si>
+  <si>
+    <t>RNCP41607</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Management de la production</t>
+  </si>
+  <si>
+    <t>RNCP41609</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Organisation et supply chain</t>
+  </si>
+  <si>
+    <t>RNCP41610</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Qualité et management intégré</t>
+  </si>
+  <si>
+    <t>RNCP41611</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Cybersécurité</t>
+  </si>
+  <si>
+    <t>RNCP41615</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Réseaux opérateurs et multimédia</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41624</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RS5199</t>
   </si>
   <si>
     <t>Certificat Voltaire</t>
   </si>
   <si>
     <t>07/04/2025</t>
   </si>
   <si>
     <t>29/05/2020</t>
   </si>
   <si>
     <t>RS6151</t>
   </si>
   <si>
     <t>Test TOEIC (Test of English for International Communication)</t>
   </si>
   <si>
     <t>24/10/2025</t>
   </si>
   <si>
     <t>24/10/2022</t>
   </si>
@@ -1255,51 +1420,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H132"/>
+  <dimension ref="A1:H160"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -4248,109 +4413,753 @@
       </c>
       <c r="C129" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D129" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>275</v>
       </c>
       <c r="G129" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1">
         <v>93850168100010</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>276</v>
       </c>
       <c r="C130" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D130" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E130" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F130" s="2" t="s">
         <v>277</v>
       </c>
-      <c r="D130" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G130" s="2" t="s">
-        <v>279</v>
+        <v>11</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1">
         <v>93850168100010</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D131" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>283</v>
+        <v>11</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1">
         <v>93850168100010</v>
       </c>
       <c r="B132" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="C132" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E132" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F132" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G132" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B133" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="C133" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="D133" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E133" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F133" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G133" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B134" s="2" t="s">
         <v>284</v>
       </c>
-      <c r="C132" s="2" t="s">
+      <c r="C134" s="2" t="s">
         <v>285</v>
       </c>
-      <c r="D132" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F132" s="2" t="s">
+      <c r="D134" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E134" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F134" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G134" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B135" s="2" t="s">
         <v>286</v>
       </c>
-      <c r="G132" s="2" t="s">
+      <c r="C135" s="2" t="s">
         <v>287</v>
+      </c>
+      <c r="D135" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E135" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F135" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G135" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B136" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="C136" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="D136" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E136" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F136" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B137" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="C137" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="D137" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E137" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F137" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G137" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B138" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="C138" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="D138" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E138" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F138" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G138" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B139" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="C139" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="D139" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E139" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F139" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G139" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B140" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="C140" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E140" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F140" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B141" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="C141" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="D141" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E141" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F141" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G141" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B142" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="C142" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="D142" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E142" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F142" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G142" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B143" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="C143" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="D143" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E143" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F143" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G143" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B144" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="C144" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="D144" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E144" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F144" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G144" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B145" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="C145" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="D145" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E145" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F145" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G145" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B146" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="C146" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E146" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F146" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G146" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B147" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="C147" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="D147" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E147" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F147" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G147" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B148" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="C148" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="D148" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E148" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F148" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G148" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B149" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="C149" s="2" t="s">
+        <v>314</v>
+      </c>
+      <c r="D149" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E149" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F149" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G149" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B150" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="C150" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="D150" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E150" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F150" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G150" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B151" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="C151" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="D151" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E151" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F151" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G151" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B152" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="C152" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="D152" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E152" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F152" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G152" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B153" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="C153" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="D153" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E153" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F153" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G153" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B154" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="C154" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D154" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E154" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F154" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G154" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B155" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="C155" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="D155" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E155" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F155" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G155" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B156" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="C156" s="2" t="s">
+        <v>328</v>
+      </c>
+      <c r="D156" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E156" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F156" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G156" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B157" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="C157" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="D157" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E157" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F157" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="G157" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B158" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="C158" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="D158" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E158" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F158" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="G158" s="2" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B159" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="C159" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="D159" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E159" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F159" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="G159" s="2" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B160" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="C160" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="D160" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E160" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F160" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="G160" s="2" t="s">
+        <v>342</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -4363,31 +5172,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/29/2025 07:50:37</dc:description>
+  <dc:description>Export en date du 02/01/2026 20:30:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>