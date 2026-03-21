--- v1 (2026-02-01)
+++ v2 (2026-03-21)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="343">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="351">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP34822</t>
   </si>
   <si>
@@ -1009,72 +1009,96 @@
   <si>
     <t>RNCP41621</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
   </si>
   <si>
     <t>RNCP41622</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
+    <t>RNCP41949</t>
+  </si>
+  <si>
+    <t>31/08/2031</t>
+  </si>
+  <si>
+    <t>RNCP41950</t>
+  </si>
+  <si>
+    <t>RNCP41951</t>
+  </si>
+  <si>
     <t>RS5199</t>
   </si>
   <si>
     <t>Certificat Voltaire</t>
   </si>
   <si>
     <t>07/04/2025</t>
   </si>
   <si>
     <t>29/05/2020</t>
   </si>
   <si>
     <t>RS6151</t>
   </si>
   <si>
     <t>Test TOEIC (Test of English for International Communication)</t>
   </si>
   <si>
     <t>24/10/2025</t>
   </si>
   <si>
     <t>24/10/2022</t>
+  </si>
+  <si>
+    <t>RS6489</t>
+  </si>
+  <si>
+    <t>Gestion du fait religieux et laïcité –Laïcité, religion et citoyenneté (DU)</t>
+  </si>
+  <si>
+    <t>21/12/2027</t>
+  </si>
+  <si>
+    <t>21/12/2023</t>
   </si>
   <si>
     <t>RS7229</t>
   </si>
   <si>
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1420,51 +1444,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H160"/>
+  <dimension ref="A1:H164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -5057,109 +5081,201 @@
       </c>
       <c r="C157" s="2" t="s">
         <v>330</v>
       </c>
       <c r="D157" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>277</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1">
         <v>93850168100010</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>331</v>
       </c>
       <c r="C158" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D158" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E158" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F158" s="2" t="s">
         <v>332</v>
       </c>
-      <c r="D158" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G158" s="2" t="s">
-        <v>334</v>
+        <v>11</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1">
         <v>93850168100010</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>336</v>
+        <v>102</v>
       </c>
       <c r="D159" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="G159" s="2" t="s">
-        <v>338</v>
+        <v>11</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1">
         <v>93850168100010</v>
       </c>
       <c r="B160" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="C160" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D160" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E160" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F160" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="G160" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B161" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="C161" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="D161" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E161" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F161" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="G161" s="2" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B162" s="2" t="s">
         <v>339</v>
       </c>
-      <c r="C160" s="2" t="s">
+      <c r="C162" s="2" t="s">
         <v>340</v>
       </c>
-      <c r="D160" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F160" s="2" t="s">
+      <c r="D162" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E162" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F162" s="2" t="s">
         <v>341</v>
       </c>
-      <c r="G160" s="2" t="s">
+      <c r="G162" s="2" t="s">
         <v>342</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B163" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="C163" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="D163" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E163" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F163" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="G163" s="2" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" s="1">
+        <v>93850168100010</v>
+      </c>
+      <c r="B164" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="C164" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D164" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E164" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F164" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="G164" s="2" t="s">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -5172,31 +5288,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/01/2026 20:30:10</dc:description>
+  <dc:description>Export en date du 03/21/2026 23:02:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>