--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="401">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP34850</t>
   </si>
   <si>
@@ -1019,50 +1019,248 @@
     <t>Licence Professionnelle Métiers de la promotion des produits de santé (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP41073</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l’université de Toulouse, spécialité Robotique</t>
   </si>
   <si>
     <t>RNCP41074</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l’Université de Toulouse, spécialité Génie Civil et Géosciences</t>
   </si>
   <si>
     <t>RNCP41075</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l'université de Toulouse, spécialité Télécommunications et réseaux informatiques</t>
   </si>
   <si>
     <t>RNCP41277</t>
   </si>
   <si>
     <t>LICENCE Sciences pour la santé (fiche nationale)</t>
+  </si>
+  <si>
+    <t>RNCP41541</t>
+  </si>
+  <si>
+    <t>RNCP41543</t>
+  </si>
+  <si>
+    <t>RNCP41544</t>
+  </si>
+  <si>
+    <t>RNCP41545</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Création numérique</t>
+  </si>
+  <si>
+    <t>RNCP41546</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Développement web et dispositifs interactifs</t>
+  </si>
+  <si>
+    <t>RNCP41547</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Stratégie de communication numérique et design d’expérience</t>
+  </si>
+  <si>
+    <t>RNCP41556</t>
+  </si>
+  <si>
+    <t>RNCP41558</t>
+  </si>
+  <si>
+    <t>RNCP41559</t>
+  </si>
+  <si>
+    <t>RNCP41562</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Contrôle de gestion et pilotage de la performance</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41566</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Agronomie</t>
+  </si>
+  <si>
+    <t>RNCP41567</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Science de l'aliment et biotechnologie</t>
+  </si>
+  <si>
+    <t>RNCP41569</t>
+  </si>
+  <si>
+    <t>BUT Génie chimique - Génie des procédés : Conception des procédés et innovation technologique</t>
+  </si>
+  <si>
+    <t>RNCP41570</t>
+  </si>
+  <si>
+    <t>BUT Génie chimique - Génie des procédés : Contrôle, pilotage et optimisation des procédés</t>
+  </si>
+  <si>
+    <t>RNCP41572</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Bureau d’études conception</t>
+  </si>
+  <si>
+    <t>RNCP41573</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Réhabilitation et amélioration des performances environnementales des bâtiments</t>
+  </si>
+  <si>
+    <t>RNCP41574</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux bâtiment</t>
+  </si>
+  <si>
+    <t>RNCP41575</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux publics</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41578</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électricité et maîtrise de l'énergie</t>
+  </si>
+  <si>
+    <t>RNCP41579</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électronique et systèmes embarqués</t>
+  </si>
+  <si>
+    <t>RNCP41581</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Conception et production durables</t>
+  </si>
+  <si>
+    <t>RNCP41582</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Innovation pour l'industrie</t>
+  </si>
+  <si>
+    <t>RNCP41583</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Management de process industriel</t>
+  </si>
+  <si>
+    <t>RNCP41585</t>
+  </si>
+  <si>
+    <t>RNCP41586</t>
+  </si>
+  <si>
+    <t>RNCP41588</t>
+  </si>
+  <si>
+    <t>RNCP41592</t>
+  </si>
+  <si>
+    <t>BUT Packaging emballage et conditionnement : Ecoconception, homologation, supply chain</t>
+  </si>
+  <si>
+    <t>RNCP41593</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Matériaux et contrôles physico-chimiques</t>
+  </si>
+  <si>
+    <t>RNCP41595</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Techniques d'instrumentation</t>
+  </si>
+  <si>
+    <t>RNCP41602</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41624</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1396,51 +1594,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H157"/>
+  <dimension ref="A1:H195"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -5022,50 +5220,924 @@
       </c>
       <c r="G156" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1">
         <v>93827139200012</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>333</v>
       </c>
       <c r="C157" s="2" t="s">
         <v>334</v>
       </c>
       <c r="D157" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>220</v>
       </c>
       <c r="G157" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B158" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="C158" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D158" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E158" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F158" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G158" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B159" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="C159" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D159" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E159" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F159" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G159" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B160" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="C160" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D160" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E160" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F160" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G160" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B161" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="C161" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="D161" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E161" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F161" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G161" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B162" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="C162" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="D162" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E162" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F162" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G162" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B163" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="C163" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="D163" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E163" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F163" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G163" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B164" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="C164" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D164" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E164" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F164" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G164" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B165" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="C165" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D165" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E165" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F165" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G165" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B166" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="C166" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D166" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E166" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F166" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G166" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B167" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="C167" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D167" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E167" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F167" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G167" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B168" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="C168" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="D168" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E168" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F168" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G168" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B169" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="C169" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E169" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F169" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G169" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B170" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="C170" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="D170" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E170" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F170" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G170" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B171" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="C171" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="D171" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E171" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F171" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G171" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B172" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="C172" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="D172" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E172" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F172" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G172" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B173" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="C173" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="D173" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E173" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F173" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G173" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B174" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="C174" s="2" t="s">
+        <v>362</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E174" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F174" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G174" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B175" s="2" t="s">
+        <v>363</v>
+      </c>
+      <c r="C175" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="D175" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E175" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F175" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G175" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B176" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="C176" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="D176" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E176" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F176" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G176" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B177" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="C177" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="D177" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E177" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F177" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G177" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B178" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="C178" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E178" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F178" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G178" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B179" s="2" t="s">
+        <v>371</v>
+      </c>
+      <c r="C179" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E179" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F179" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G179" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B180" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="C180" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="D180" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E180" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F180" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G180" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B181" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="C181" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="D181" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E181" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F181" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G181" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B182" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="C182" s="2" t="s">
+        <v>378</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E182" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F182" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G182" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B183" s="2" t="s">
+        <v>379</v>
+      </c>
+      <c r="C183" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E183" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F183" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B184" s="2" t="s">
+        <v>381</v>
+      </c>
+      <c r="C184" s="2" t="s">
+        <v>382</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E184" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F184" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G184" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B185" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="C185" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D185" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E185" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F185" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B186" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="C186" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D186" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E186" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G186" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B187" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="C187" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D187" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E187" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F187" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G187" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B188" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="C188" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="D188" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E188" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F188" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G188" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B189" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="C189" s="2" t="s">
+        <v>389</v>
+      </c>
+      <c r="D189" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E189" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F189" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G189" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B190" s="2" t="s">
+        <v>390</v>
+      </c>
+      <c r="C190" s="2" t="s">
+        <v>391</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E190" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F190" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G190" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B191" s="2" t="s">
+        <v>392</v>
+      </c>
+      <c r="C191" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D191" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E191" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F191" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G191" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B192" s="2" t="s">
+        <v>393</v>
+      </c>
+      <c r="C192" s="2" t="s">
+        <v>394</v>
+      </c>
+      <c r="D192" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E192" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F192" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G192" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B193" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="C193" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="D193" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E193" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F193" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G193" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B194" s="2" t="s">
+        <v>397</v>
+      </c>
+      <c r="C194" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="D194" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E194" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F194" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G194" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B195" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="C195" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="D195" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E195" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F195" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G195" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -5079,31 +6151,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/19/2025 22:31:04</dc:description>
+  <dc:description>Export en date du 12/05/2025 08:47:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>