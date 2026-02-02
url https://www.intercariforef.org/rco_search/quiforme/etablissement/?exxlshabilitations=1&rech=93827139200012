--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="401">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="410">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP34850</t>
   </si>
   <si>
@@ -1217,50 +1217,77 @@
     <t>RNCP41602</t>
   </si>
   <si>
     <t>RNCP41621</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
   </si>
   <si>
     <t>RNCP41622</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
+  </si>
+  <si>
+    <t>RNCP41851</t>
+  </si>
+  <si>
+    <t>30/06/2031</t>
+  </si>
+  <si>
+    <t>RNCP41861</t>
+  </si>
+  <si>
+    <t>MASTER Ecologie et biologie fonctionnelle (fiche nationale)</t>
+  </si>
+  <si>
+    <t>14/12/2030</t>
+  </si>
+  <si>
+    <t>RS6894</t>
+  </si>
+  <si>
+    <t>Certificat Pix</t>
+  </si>
+  <si>
+    <t>28/11/2029</t>
+  </si>
+  <si>
+    <t>28/11/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1594,51 +1621,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H195"/>
+  <dimension ref="A1:H198"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -6095,50 +6122,119 @@
       <c r="G194" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1">
         <v>93827139200012</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>399</v>
       </c>
       <c r="C195" s="2" t="s">
         <v>400</v>
       </c>
       <c r="D195" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>116</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>11</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B196" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="C196" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D196" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E196" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F196" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="G196" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B197" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="C197" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="D197" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E197" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F197" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="G197" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B198" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="C198" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="D198" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E198" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F198" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="G198" s="2" t="s">
+        <v>409</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -6151,31 +6247,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/05/2025 08:47:46</dc:description>
+  <dc:description>Export en date du 02/02/2026 10:52:31</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>