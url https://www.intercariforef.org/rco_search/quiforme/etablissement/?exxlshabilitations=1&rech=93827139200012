--- v2 (2026-02-02)
+++ v3 (2026-03-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="410">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="426">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP34850</t>
   </si>
   <si>
@@ -1234,60 +1234,108 @@
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41851</t>
   </si>
   <si>
     <t>30/06/2031</t>
   </si>
   <si>
     <t>RNCP41861</t>
   </si>
   <si>
     <t>MASTER Ecologie et biologie fonctionnelle (fiche nationale)</t>
   </si>
   <si>
     <t>14/12/2030</t>
   </si>
   <si>
+    <t>RNCP41934</t>
+  </si>
+  <si>
+    <t>31/08/2031</t>
+  </si>
+  <si>
+    <t>RNCP41935</t>
+  </si>
+  <si>
+    <t>RNCP41947</t>
+  </si>
+  <si>
+    <t>RNCP41949</t>
+  </si>
+  <si>
+    <t>RNCP41950</t>
+  </si>
+  <si>
+    <t>RNCP41951</t>
+  </si>
+  <si>
+    <t>RNCP41953</t>
+  </si>
+  <si>
+    <t>RNCP41955</t>
+  </si>
+  <si>
+    <t>Licence Professionnelle Biologie analytique et expérimentale (fiche nationale)</t>
+  </si>
+  <si>
+    <t>RNCP42014</t>
+  </si>
+  <si>
+    <t>14/07/2031</t>
+  </si>
+  <si>
     <t>RS6894</t>
   </si>
   <si>
     <t>Certificat Pix</t>
   </si>
   <si>
     <t>28/11/2029</t>
   </si>
   <si>
     <t>28/11/2024</t>
+  </si>
+  <si>
+    <t>RS7495</t>
+  </si>
+  <si>
+    <t>Concevoir et délivrer à l'officine des dispositifs orthopédiques (DU)</t>
+  </si>
+  <si>
+    <t>28/01/2031</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1621,51 +1669,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H198"/>
+  <dimension ref="A1:H208"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -6178,63 +6226,293 @@
       </c>
       <c r="C197" s="2" t="s">
         <v>404</v>
       </c>
       <c r="D197" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>405</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1">
         <v>93827139200012</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>406</v>
       </c>
       <c r="C198" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D198" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E198" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F198" s="2" t="s">
         <v>407</v>
       </c>
-      <c r="D198" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F198" s="2" t="s">
+      <c r="G198" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B199" s="2" t="s">
         <v>408</v>
       </c>
-      <c r="G198" s="2" t="s">
+      <c r="C199" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="D199" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E199" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F199" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="G199" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B200" s="2" t="s">
         <v>409</v>
+      </c>
+      <c r="C200" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="D200" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E200" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F200" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="G200" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B201" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="C201" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="D201" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E201" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F201" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="G201" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B202" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="C202" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D202" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E202" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F202" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="G202" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B203" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="C203" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D203" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E203" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F203" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="G203" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B204" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="C204" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="D204" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E204" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F204" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="G204" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B205" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="C205" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="D205" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E205" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F205" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="G205" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B206" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="C206" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D206" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E206" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F206" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="G206" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B207" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="C207" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="D207" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E207" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F207" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="G207" s="2" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" s="1">
+        <v>93827139200012</v>
+      </c>
+      <c r="B208" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="C208" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="D208" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E208" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F208" s="2" t="s">
+        <v>424</v>
+      </c>
+      <c r="G208" s="2" t="s">
+        <v>425</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -6247,31 +6525,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/02/2026 10:52:31</dc:description>
+  <dc:description>Export en date du 03/19/2026 13:46:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>