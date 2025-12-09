--- v0 (2025-10-25)
+++ v1 (2025-12-09)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="392">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="461">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP34833</t>
   </si>
   <si>
@@ -1157,50 +1157,257 @@
     <t>RNCP40794</t>
   </si>
   <si>
     <t>MASTER Histoire (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40815</t>
   </si>
   <si>
     <t>Licence Professionnelle Métiers de l'industrie : conception et amélioration de processus et procédés industriels (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40979</t>
   </si>
   <si>
     <t>LICENCE Géographie et aménagement (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP41176</t>
   </si>
   <si>
     <t>RNCP41262</t>
   </si>
   <si>
     <t>31/08/2030</t>
+  </si>
+  <si>
+    <t>RNCP41541</t>
+  </si>
+  <si>
+    <t>RNCP41543</t>
+  </si>
+  <si>
+    <t>RNCP41544</t>
+  </si>
+  <si>
+    <t>RNCP41545</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Création numérique</t>
+  </si>
+  <si>
+    <t>RNCP41546</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Développement web et dispositifs interactifs</t>
+  </si>
+  <si>
+    <t>RNCP41547</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Stratégie de communication numérique et design d’expérience</t>
+  </si>
+  <si>
+    <t>RNCP41549</t>
+  </si>
+  <si>
+    <t>BUT Carrières juridiques : Entreprise et association</t>
+  </si>
+  <si>
+    <t>RNCP41562</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Contrôle de gestion et pilotage de la performance</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41567</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Science de l'aliment et biotechnologie</t>
+  </si>
+  <si>
+    <t>RNCP41572</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Bureau d’études conception</t>
+  </si>
+  <si>
+    <t>RNCP41574</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux bâtiment</t>
+  </si>
+  <si>
+    <t>RNCP41575</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux publics</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41578</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électricité et maîtrise de l'énergie</t>
+  </si>
+  <si>
+    <t>RNCP41580</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Chargé d'affaires industrielles</t>
+  </si>
+  <si>
+    <t>RNCP41581</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Conception et production durables</t>
+  </si>
+  <si>
+    <t>RNCP41582</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Innovation pour l'industrie</t>
+  </si>
+  <si>
+    <t>RNCP41583</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Management de process industriel</t>
+  </si>
+  <si>
+    <t>RNCP41584</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Simulation numérique et réalité virtuelle</t>
+  </si>
+  <si>
+    <t>RNCP41585</t>
+  </si>
+  <si>
+    <t>RNCP41586</t>
+  </si>
+  <si>
+    <t>RNCP41588</t>
+  </si>
+  <si>
+    <t>RNCP41589</t>
+  </si>
+  <si>
+    <t>RNCP41590</t>
+  </si>
+  <si>
+    <t>RNCP41593</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Matériaux et contrôles physico-chimiques</t>
+  </si>
+  <si>
+    <t>RNCP41595</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Techniques d'instrumentation</t>
+  </si>
+  <si>
+    <t>RNCP41598</t>
+  </si>
+  <si>
+    <t>RNCP41599</t>
+  </si>
+  <si>
+    <t>BUT Gestion administrative et commerciale des organisations : Management responsable de projet et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41601</t>
+  </si>
+  <si>
+    <t>BUT Génie industriel et maintenance : Management, méthodes et maintenance innovante</t>
+  </si>
+  <si>
+    <t>RNCP41611</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Cybersécurité</t>
+  </si>
+  <si>
+    <t>RNCP41613</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Internet des objets et mobilité</t>
+  </si>
+  <si>
+    <t>RNCP41618</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41625</t>
+  </si>
+  <si>
+    <t>RNCP41634</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
   </si>
   <si>
     <t>RS6404</t>
   </si>
   <si>
     <t>Développer et promouvoir un projet oenotouristique (DU)</t>
   </si>
   <si>
     <t>18/10/2026</t>
   </si>
   <si>
     <t>18/10/2023</t>
   </si>
   <si>
     <t>RS6667</t>
   </si>
   <si>
     <t>Pratiquer le droit du travail</t>
   </si>
   <si>
     <t>27/06/2029</t>
   </si>
   <si>
     <t>27/06/2024</t>
   </si>
@@ -1567,51 +1774,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H181"/>
+  <dimension ref="A1:H221"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -5687,109 +5894,1029 @@
       </c>
       <c r="C178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D178" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>381</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>382</v>
+        <v>29</v>
       </c>
       <c r="D179" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>383</v>
+        <v>143</v>
       </c>
       <c r="G179" s="2" t="s">
-        <v>384</v>
+        <v>11</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>386</v>
+        <v>27</v>
       </c>
       <c r="D180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>387</v>
+        <v>143</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>388</v>
+        <v>11</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B181" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="C181" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D181" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E181" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F181" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G181" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B182" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="C182" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E182" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F182" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G182" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B183" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="C183" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E183" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F183" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B184" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="C184" s="2" t="s">
         <v>389</v>
       </c>
-      <c r="C181" s="2" t="s">
+      <c r="D184" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E184" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F184" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G184" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B185" s="2" t="s">
         <v>390</v>
       </c>
-      <c r="D181" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F181" s="2" t="s">
+      <c r="C185" s="2" t="s">
         <v>391</v>
       </c>
-      <c r="G181" s="2" t="s">
-        <v>388</v>
+      <c r="D185" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E185" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F185" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B186" s="2" t="s">
+        <v>392</v>
+      </c>
+      <c r="C186" s="2" t="s">
+        <v>393</v>
+      </c>
+      <c r="D186" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E186" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G186" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B187" s="2" t="s">
+        <v>394</v>
+      </c>
+      <c r="C187" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="D187" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E187" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F187" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G187" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B188" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="C188" s="2" t="s">
+        <v>397</v>
+      </c>
+      <c r="D188" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E188" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F188" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G188" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B189" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="C189" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="D189" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E189" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F189" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G189" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B190" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="C190" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E190" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F190" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G190" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B191" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="C191" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="D191" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E191" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F191" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G191" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B192" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="C192" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="D192" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E192" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F192" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G192" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B193" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="C193" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="D193" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E193" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F193" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G193" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B194" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="C194" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="D194" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E194" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F194" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G194" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B195" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="C195" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="D195" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E195" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F195" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G195" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B196" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="C196" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="D196" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E196" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F196" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G196" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B197" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="C197" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="D197" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E197" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F197" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G197" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B198" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="C198" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="D198" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E198" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F198" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G198" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B199" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="C199" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="D199" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E199" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F199" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G199" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B200" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="C200" s="2" t="s">
+        <v>421</v>
+      </c>
+      <c r="D200" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E200" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F200" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G200" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B201" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="C201" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D201" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E201" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F201" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G201" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B202" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="C202" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D202" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E202" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F202" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G202" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B203" s="2" t="s">
+        <v>424</v>
+      </c>
+      <c r="C203" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D203" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E203" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F203" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G203" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B204" s="2" t="s">
+        <v>425</v>
+      </c>
+      <c r="C204" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D204" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E204" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F204" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G204" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B205" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="C205" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D205" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E205" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F205" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G205" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B206" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="C206" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="D206" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E206" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F206" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G206" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B207" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="C207" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="D207" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E207" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F207" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G207" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B208" s="2" t="s">
+        <v>431</v>
+      </c>
+      <c r="C208" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D208" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E208" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F208" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G208" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B209" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="C209" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="D209" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E209" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F209" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G209" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B210" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="C210" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="D210" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E210" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F210" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G210" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B211" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="C211" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="D211" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E211" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F211" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G211" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B212" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="C212" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="D212" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E212" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F212" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G212" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B213" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="C213" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D213" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E213" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F213" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G213" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B214" s="2" t="s">
+        <v>441</v>
+      </c>
+      <c r="C214" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="D214" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E214" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F214" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G214" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B215" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="C215" s="2" t="s">
+        <v>444</v>
+      </c>
+      <c r="D215" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E215" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F215" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G215" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B216" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="C216" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="D216" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E216" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F216" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G216" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B217" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="C217" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D217" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E217" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F217" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G217" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B218" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="C218" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="D218" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E218" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F218" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G218" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B219" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="C219" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="D219" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E219" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F219" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="G219" s="2" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B220" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="C220" s="2" t="s">
+        <v>455</v>
+      </c>
+      <c r="D220" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E220" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F220" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="G220" s="2" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B221" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="C221" s="2" t="s">
+        <v>459</v>
+      </c>
+      <c r="D221" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E221" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F221" s="2" t="s">
+        <v>460</v>
+      </c>
+      <c r="G221" s="2" t="s">
+        <v>457</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -5802,31 +6929,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/25/2025 10:13:36</dc:description>
+  <dc:description>Export en date du 12/09/2025 11:26:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>