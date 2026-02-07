--- v1 (2025-12-09)
+++ v2 (2026-02-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="461">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="463">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP34833</t>
   </si>
   <si>
@@ -1364,50 +1364,56 @@
     <t>RNCP41621</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
   </si>
   <si>
     <t>RNCP41622</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41625</t>
   </si>
   <si>
     <t>RNCP41634</t>
   </si>
   <si>
     <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
+  </si>
+  <si>
+    <t>RNCP41851</t>
+  </si>
+  <si>
+    <t>30/06/2031</t>
   </si>
   <si>
     <t>RS6404</t>
   </si>
   <si>
     <t>Développer et promouvoir un projet oenotouristique (DU)</t>
   </si>
   <si>
     <t>18/10/2026</t>
   </si>
   <si>
     <t>18/10/2023</t>
   </si>
   <si>
     <t>RS6667</t>
   </si>
   <si>
     <t>Pratiquer le droit du travail</t>
   </si>
   <si>
     <t>27/06/2029</t>
   </si>
   <si>
     <t>27/06/2024</t>
   </si>
@@ -1774,51 +1780,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H221"/>
+  <dimension ref="A1:H222"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -6814,109 +6820,132 @@
       </c>
       <c r="C218" s="2" t="s">
         <v>449</v>
       </c>
       <c r="D218" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G218" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>450</v>
       </c>
       <c r="C219" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D219" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E219" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F219" s="2" t="s">
         <v>451</v>
       </c>
-      <c r="D219" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G219" s="2" t="s">
-        <v>453</v>
+        <v>11</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B220" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="C220" s="2" t="s">
+        <v>453</v>
+      </c>
+      <c r="D220" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E220" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F220" s="2" t="s">
         <v>454</v>
       </c>
-      <c r="C220" s="2" t="s">
+      <c r="G220" s="2" t="s">
         <v>455</v>
-      </c>
-[...10 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B221" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="C221" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="D221" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E221" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F221" s="2" t="s">
         <v>458</v>
       </c>
-      <c r="C221" s="2" t="s">
+      <c r="G221" s="2" t="s">
         <v>459</v>
       </c>
-      <c r="D221" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F221" s="2" t="s">
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" s="1">
+        <v>93823061200013</v>
+      </c>
+      <c r="B222" s="2" t="s">
         <v>460</v>
       </c>
-      <c r="G221" s="2" t="s">
-        <v>457</v>
+      <c r="C222" s="2" t="s">
+        <v>461</v>
+      </c>
+      <c r="D222" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E222" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F222" s="2" t="s">
+        <v>462</v>
+      </c>
+      <c r="G222" s="2" t="s">
+        <v>459</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -6929,31 +6958,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/09/2025 11:26:55</dc:description>
+  <dc:description>Export en date du 02/08/2026 00:14:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>