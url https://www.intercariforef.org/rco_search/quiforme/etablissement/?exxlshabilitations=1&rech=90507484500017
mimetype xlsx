--- v0 (2025-10-31)
+++ v1 (2026-01-31)
@@ -202,62 +202,50 @@
   <si>
     <t>RS6201</t>
   </si>
   <si>
     <t>RS6202</t>
   </si>
   <si>
     <t>RS6203</t>
   </si>
   <si>
     <t>RS6204</t>
   </si>
   <si>
     <t>RS6205</t>
   </si>
   <si>
     <t>RS6206</t>
   </si>
   <si>
     <t>RS6207</t>
   </si>
   <si>
     <t>RS6208</t>
   </si>
   <si>
-    <t>RS6347</t>
-[...10 lines deleted...]
-  <si>
     <t>RS6776</t>
   </si>
   <si>
     <t>Création de contenus rédactionnels et visuels par l’usage responsable de l’intelligence artificielle générative</t>
   </si>
   <si>
     <t>01/10/2029</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>RS6893</t>
   </si>
   <si>
     <t>DigComp (Tosa)</t>
   </si>
   <si>
     <t>28/11/2027</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
   <si>
     <t>RS6955</t>
@@ -341,50 +329,62 @@
     <t>31/01/2025</t>
   </si>
   <si>
     <t>RS7096</t>
   </si>
   <si>
     <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1512,295 +1512,295 @@
       </c>
       <c r="F33" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1">
         <v>90507484500017</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1">
         <v>90507484500017</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1">
         <v>90507484500017</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1">
         <v>90507484500017</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1">
         <v>90507484500017</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1">
         <v>90507484500017</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1">
         <v>90507484500017</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1">
         <v>90507484500017</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1">
         <v>90507484500017</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1">
         <v>90507484500017</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1">
         <v>90507484500017</v>
       </c>
       <c r="B44" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="G44" s="2" t="s">
         <v>96</v>
-      </c>
-[...13 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1">
         <v>90507484500017</v>
       </c>
       <c r="B45" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C45" s="2" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1">
         <v>90507484500017</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>101</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D46" s="2" t="s">
@@ -1871,31 +1871,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/31/2025 13:39:22</dc:description>
+  <dc:description>Export en date du 01/31/2026 13:57:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>