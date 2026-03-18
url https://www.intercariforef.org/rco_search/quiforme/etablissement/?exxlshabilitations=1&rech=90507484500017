--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -1871,31 +1871,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/31/2026 13:57:59</dc:description>
+  <dc:description>Export en date du 03/18/2026 04:22:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>