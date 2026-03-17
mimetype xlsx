--- v0 (2025-11-02)
+++ v1 (2026-03-17)
@@ -166,72 +166,72 @@
   <si>
     <t>RS6163</t>
   </si>
   <si>
     <t>ICDL - Utilisation d'un logiciel de présentation (Powerpoint, Impress, Google Slides)</t>
   </si>
   <si>
     <t>RS6164</t>
   </si>
   <si>
     <t>ICDL - Outils collaboratifs</t>
   </si>
   <si>
     <t>RS6165</t>
   </si>
   <si>
     <t>ICDL - Édition d'images</t>
   </si>
   <si>
     <t>RS6166</t>
   </si>
   <si>
     <t>ICDL - Édition de sites web</t>
   </si>
   <si>
-    <t>RS6702</t>
-[...10 lines deleted...]
-  <si>
     <t>RS6792</t>
   </si>
   <si>
     <t>Intégrer l’intelligence artificielle conversationnelle dans le cycle de vente</t>
   </si>
   <si>
     <t>01/10/2026</t>
   </si>
   <si>
     <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>RS6905</t>
+  </si>
+  <si>
+    <t>VTest Business English - 4 Skills</t>
+  </si>
+  <si>
+    <t>28/11/2027</t>
+  </si>
+  <si>
+    <t>28/11/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1011,74 +1011,74 @@
       </c>
       <c r="E18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>90495636400015</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>90495636400015</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1097,31 +1097,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/02/2025 05:19:17</dc:description>
+  <dc:description>Export en date du 03/17/2026 08:52:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>