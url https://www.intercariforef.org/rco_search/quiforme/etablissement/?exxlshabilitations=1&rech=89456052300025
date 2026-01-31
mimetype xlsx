--- v0 (2025-11-05)
+++ v1 (2026-01-31)
@@ -37,78 +37,78 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
-    <t>RS6240</t>
-[...2 lines deleted...]
-    <t>Gérer la communication digitale d’une entreprise via les réseaux sociaux</t>
+    <t>RS6776</t>
+  </si>
+  <si>
+    <t>Création de contenus rédactionnels et visuels par l’usage responsable de l’intelligence artificielle générative</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>01/10/2029</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>RS7351</t>
+  </si>
+  <si>
+    <t>Gérer la communication digitale d'une entreprise via les réseaux sociaux</t>
+  </si>
+  <si>
     <t>FAUX</t>
   </si>
   <si>
-    <t>25/01/2026</t>
-[...14 lines deleted...]
-    <t>01/10/2024</t>
+    <t>27/10/2028</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -497,74 +497,74 @@
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5"/>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1">
         <v>89456052300025</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="F2" s="2" t="s">
+      <c r="G2" s="2" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1">
         <v>89456052300025</v>
       </c>
       <c r="B3" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C3" s="2" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -583,31 +583,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/05/2025 18:32:51</dc:description>
+  <dc:description>Export en date du 01/31/2026 14:53:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>