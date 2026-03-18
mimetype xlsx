--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -583,31 +583,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/31/2026 14:53:52</dc:description>
+  <dc:description>Export en date du 03/18/2026 04:24:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>