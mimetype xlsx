--- v0 (2025-10-19)
+++ v1 (2026-02-01)
@@ -653,31 +653,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/19/2025 16:01:01</dc:description>
+  <dc:description>Export en date du 02/01/2026 13:11:01</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>