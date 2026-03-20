--- v1 (2026-02-01)
+++ v2 (2026-03-20)
@@ -67,72 +67,72 @@
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>02/03/2025</t>
   </si>
   <si>
     <t>02/03/2020</t>
   </si>
   <si>
     <t>RS6372</t>
   </si>
   <si>
     <t>Développer l’activité commerciale par les réseaux sociaux</t>
   </si>
   <si>
     <t>19/07/2026</t>
   </si>
   <si>
     <t>19/07/2023</t>
   </si>
   <si>
-    <t>RS6685</t>
-[...10 lines deleted...]
-  <si>
     <t>RS6993</t>
   </si>
   <si>
     <t>Concevoir et déployer une stratégie de communication digitale</t>
   </si>
   <si>
     <t>18/12/2026</t>
   </si>
   <si>
     <t>18/12/2024</t>
+  </si>
+  <si>
+    <t>RS7501</t>
+  </si>
+  <si>
+    <t>Créer et gérer un site internet sans coder</t>
+  </si>
+  <si>
+    <t>28/01/2029</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -567,74 +567,74 @@
       </c>
       <c r="E3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>89247296000020</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>89247296000020</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -653,31 +653,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/01/2026 13:11:01</dc:description>
+  <dc:description>Export en date du 03/20/2026 15:28:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>