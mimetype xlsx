--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="316">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -859,59 +859,50 @@
   <si>
     <t>RS6962</t>
   </si>
   <si>
     <t>Programmer et automatiser des tâches avec Python (Tosa)</t>
   </si>
   <si>
     <t>RS6963</t>
   </si>
   <si>
     <t>Automatiser des processus dans les applications Microsoft Office avec VBA (Tosa)</t>
   </si>
   <si>
     <t>RS6964</t>
   </si>
   <si>
     <t>Rédiger et mettre en forme des documents professionnels avec Word (Tosa)</t>
   </si>
   <si>
     <t>RS6965</t>
   </si>
   <si>
     <t>Créer et gérer des sites web avec WordPress (Tosa)</t>
   </si>
   <si>
-    <t>RS7013</t>
-[...7 lines deleted...]
-  <si>
     <t>RS7096</t>
   </si>
   <si>
     <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RS7229</t>
   </si>
   <si>
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>RS7236</t>
@@ -947,50 +938,62 @@
     <t>RS7314</t>
   </si>
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
     <t>RS7315</t>
   </si>
   <si>
     <t>RS7316</t>
   </si>
   <si>
     <t>RS7317</t>
   </si>
   <si>
     <t>RS7318</t>
   </si>
   <si>
     <t>RS7319</t>
   </si>
   <si>
     <t>RS7320</t>
   </si>
   <si>
     <t>RS7321</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
   <si>
     <t>RS93</t>
   </si>
   <si>
     <t>Test Bright language - Evaluation d'anglais professionnel</t>
   </si>
   <si>
     <t>RS969</t>
   </si>
   <si>
     <t>Test Bright Anglais - Level A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -4306,419 +4309,419 @@
       </c>
       <c r="C128" s="2" t="s">
         <v>280</v>
       </c>
       <c r="D128" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>259</v>
       </c>
       <c r="G128" s="2" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>281</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>162</v>
+        <v>282</v>
       </c>
       <c r="D129" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D130" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B131" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="C131" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D131" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E131" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F131" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="G131" s="2" t="s">
         <v>288</v>
-      </c>
-[...13 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B132" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="C132" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E132" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F132" s="2" t="s">
         <v>292</v>
       </c>
-      <c r="C132" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G132" s="2" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B133" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="C133" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="D133" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E133" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F133" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="G133" s="2" t="s">
         <v>293</v>
-      </c>
-[...13 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B134" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="C134" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="C134" s="2" t="s">
+      <c r="D134" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E134" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F134" s="2" t="s">
         <v>298</v>
       </c>
-      <c r="D134" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G134" s="2" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>299</v>
       </c>
       <c r="C135" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D135" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E135" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F135" s="2" t="s">
         <v>300</v>
       </c>
-      <c r="D135" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G135" s="2" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="D136" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="G136" s="2" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D137" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="G137" s="2" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="D138" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="G139" s="2" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>88</v>
+        <v>102</v>
       </c>
       <c r="D140" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="G140" s="2" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="D141" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="G141" s="2" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D142" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="G142" s="2" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B143" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="C143" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="D143" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E143" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F143" s="2" t="s">
         <v>310</v>
       </c>
-      <c r="C143" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G143" s="2" t="s">
-        <v>296</v>
+        <v>311</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D144" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G144" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D145" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G145" s="2" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -4743,31 +4746,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/03/2025 17:58:58</dc:description>
+  <dc:description>Export en date du 02/22/2026 18:18:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>