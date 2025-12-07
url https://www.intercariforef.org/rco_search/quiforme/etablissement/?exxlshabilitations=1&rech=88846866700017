--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -352,108 +352,123 @@
   <si>
     <t>RNCP38870</t>
   </si>
   <si>
     <t>TP Réceptionniste hôtellerie et hôtellerie de plein air</t>
   </si>
   <si>
     <t>02/08/2029</t>
   </si>
   <si>
     <t>RNCP39063</t>
   </si>
   <si>
     <t>10/06/2029</t>
   </si>
   <si>
     <t>RNCP39533</t>
   </si>
   <si>
     <t>TP Gouvernant en hôtellerie</t>
   </si>
   <si>
     <t>17/12/2026</t>
   </si>
   <si>
+    <t>RNCP39842</t>
+  </si>
+  <si>
+    <t>Chargé de projets de formation et d'enseignement</t>
+  </si>
+  <si>
+    <t>28/11/2027</t>
+  </si>
+  <si>
+    <t>28/11/2024</t>
+  </si>
+  <si>
     <t>RNCP40077</t>
   </si>
   <si>
     <t>06/09/2025</t>
   </si>
   <si>
     <t>RNCP40800</t>
   </si>
   <si>
     <t>TP Secrétaire assistant médico-administratif</t>
   </si>
   <si>
     <t>01/09/2030</t>
   </si>
   <si>
     <t>RNCP40889</t>
   </si>
   <si>
     <t>Responsable du développement des activités</t>
   </si>
   <si>
     <t>25/06/2027</t>
   </si>
   <si>
     <t>25/06/2025</t>
   </si>
   <si>
+    <t>RNCP41366</t>
+  </si>
+  <si>
+    <t>04/11/2027</t>
+  </si>
+  <si>
     <t>RS5515</t>
   </si>
   <si>
     <t>Certification relative aux compétences de maître d'apprentissage / tuteur</t>
   </si>
   <si>
     <t>15/10/2026</t>
   </si>
   <si>
     <t>15/10/2021</t>
   </si>
   <si>
     <t>RS5764</t>
   </si>
   <si>
     <t>Hygiène alimentaire dans les établissements de restauration commerciale</t>
   </si>
   <si>
     <t>31/12/2022</t>
   </si>
   <si>
     <t>RS6894</t>
   </si>
   <si>
     <t>Certificat Pix</t>
   </si>
   <si>
     <t>28/11/2029</t>
-  </si>
-[...1 lines deleted...]
-    <t>28/11/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -787,51 +802,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H43"/>
+  <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -1664,178 +1679,224 @@
       </c>
       <c r="C37" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>111</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1">
         <v>88846866700017</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>33</v>
+        <v>113</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>11</v>
+        <v>115</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1">
         <v>88846866700017</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>115</v>
+        <v>33</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1">
         <v>88846866700017</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>120</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1">
         <v>88846866700017</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1">
         <v>88846866700017</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C42" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>126</v>
-      </c>
-[...7 lines deleted...]
-        <v>127</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1">
         <v>88846866700017</v>
       </c>
       <c r="B43" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="C43" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="C43" s="2" t="s">
+      <c r="D43" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="D43" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="2" t="s">
+      <c r="G43" s="2" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" s="1">
+        <v>88846866700017</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="G44" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" s="1">
+        <v>88846866700017</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E45" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="F43" s="2" t="s">
-[...3 lines deleted...]
-        <v>131</v>
+      <c r="F45" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1848,31 +1909,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/21/2025 14:16:50</dc:description>
+  <dc:description>Export en date du 12/07/2025 11:42:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>