--- v1 (2025-12-07)
+++ v2 (2026-01-26)
@@ -1909,31 +1909,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/07/2025 11:42:27</dc:description>
+  <dc:description>Export en date du 01/26/2026 01:28:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>