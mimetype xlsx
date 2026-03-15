--- v2 (2026-01-26)
+++ v3 (2026-03-15)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -301,50 +301,59 @@
   <si>
     <t>21/12/2026</t>
   </si>
   <si>
     <t>21/12/2023</t>
   </si>
   <si>
     <t>RNCP38460</t>
   </si>
   <si>
     <t>RNCP38466</t>
   </si>
   <si>
     <t>21/12/2025</t>
   </si>
   <si>
     <t>RNCP38547</t>
   </si>
   <si>
     <t>TP Employé d'étage hôtellerie et hôtellerie de plein air</t>
   </si>
   <si>
     <t>25/05/2029</t>
   </si>
   <si>
+    <t>RNCP38575</t>
+  </si>
+  <si>
+    <t>TP Responsable de petite ou moyenne structure</t>
+  </si>
+  <si>
+    <t>08/02/2029</t>
+  </si>
+  <si>
     <t>RNCP38663</t>
   </si>
   <si>
     <t>TP Employé polyvalent en restauration</t>
   </si>
   <si>
     <t>04/06/2029</t>
   </si>
   <si>
     <t>RNCP38666</t>
   </si>
   <si>
     <t>TP Responsable d'établissement marchand</t>
   </si>
   <si>
     <t>03/03/2029</t>
   </si>
   <si>
     <t>RNCP38676</t>
   </si>
   <si>
     <t>TP Manager d'unité marchande</t>
   </si>
   <si>
     <t>03/03/2026</t>
@@ -395,50 +404,65 @@
     <t>RNCP40800</t>
   </si>
   <si>
     <t>TP Secrétaire assistant médico-administratif</t>
   </si>
   <si>
     <t>01/09/2030</t>
   </si>
   <si>
     <t>RNCP40889</t>
   </si>
   <si>
     <t>Responsable du développement des activités</t>
   </si>
   <si>
     <t>25/06/2027</t>
   </si>
   <si>
     <t>25/06/2025</t>
   </si>
   <si>
     <t>RNCP41366</t>
   </si>
   <si>
     <t>04/11/2027</t>
+  </si>
+  <si>
+    <t>RNCP41538</t>
+  </si>
+  <si>
+    <t>TP Responsable d'unité de restauration collective</t>
+  </si>
+  <si>
+    <t>21/01/2027</t>
+  </si>
+  <si>
+    <t>RNCP41852</t>
+  </si>
+  <si>
+    <t>15/02/2029</t>
   </si>
   <si>
     <t>RS5515</t>
   </si>
   <si>
     <t>Certification relative aux compétences de maître d'apprentissage / tuteur</t>
   </si>
   <si>
     <t>15/10/2026</t>
   </si>
   <si>
     <t>15/10/2021</t>
   </si>
   <si>
     <t>RS5764</t>
   </si>
   <si>
     <t>Hygiène alimentaire dans les établissements de restauration commerciale</t>
   </si>
   <si>
     <t>31/12/2022</t>
   </si>
   <si>
     <t>RS6894</t>
   </si>
@@ -802,51 +826,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H45"/>
+  <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -1633,270 +1657,339 @@
       </c>
       <c r="C35" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1">
         <v>88846866700017</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1">
         <v>88846866700017</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>110</v>
+        <v>27</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>111</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1">
         <v>88846866700017</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>115</v>
+        <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1">
         <v>88846866700017</v>
       </c>
       <c r="B39" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="C39" s="2" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>11</v>
+        <v>118</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1">
         <v>88846866700017</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>119</v>
+        <v>33</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1">
         <v>88846866700017</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>124</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1">
         <v>88846866700017</v>
       </c>
       <c r="B42" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C42" s="2" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>11</v>
+        <v>127</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1">
         <v>88846866700017</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>128</v>
+        <v>40</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>130</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1">
         <v>88846866700017</v>
       </c>
       <c r="B44" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="C44" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="C44" s="2" t="s">
+      <c r="D44" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>132</v>
-      </c>
-[...7 lines deleted...]
-        <v>133</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1">
         <v>88846866700017</v>
       </c>
       <c r="B45" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="C45" s="2" t="s">
+      <c r="G45" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" s="1">
+        <v>88846866700017</v>
+      </c>
+      <c r="B46" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="D45" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="2" t="s">
+      <c r="C46" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" s="1">
+        <v>88846866700017</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E47" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" s="1">
+        <v>88846866700017</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E48" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="F45" s="2" t="s">
-[...3 lines deleted...]
-        <v>115</v>
+      <c r="F48" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1909,31 +2002,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/26/2026 01:28:58</dc:description>
+  <dc:description>Export en date du 03/16/2026 00:58:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>