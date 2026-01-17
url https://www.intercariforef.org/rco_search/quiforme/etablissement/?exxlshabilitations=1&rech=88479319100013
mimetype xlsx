--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="503">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="520">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP27812</t>
   </si>
   <si>
@@ -1030,50 +1030,95 @@
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>RNCP41291</t>
   </si>
   <si>
     <t>RNCP41332</t>
   </si>
   <si>
     <t>RNCP41334</t>
   </si>
   <si>
     <t>RNCP41349</t>
   </si>
   <si>
     <t>RNCP41360</t>
   </si>
   <si>
     <t>CQP Conducteur d'installation de transformation des grains, option meunerie semoulerie, option nutrition animale</t>
   </si>
   <si>
+    <t>RNCP41425</t>
+  </si>
+  <si>
+    <t>27/10/2030</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>RNCP41446</t>
+  </si>
+  <si>
+    <t>RNCP41679</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>RNCP41682</t>
+  </si>
+  <si>
+    <t>RNCP41689</t>
+  </si>
+  <si>
+    <t>Conducteur d’équipements industriels</t>
+  </si>
+  <si>
+    <t>RNCP41690</t>
+  </si>
+  <si>
+    <t>RNCP41763</t>
+  </si>
+  <si>
+    <t>CQP Opérateur régleur sur machines-outils à commande numérique de transformation de la tôle</t>
+  </si>
+  <si>
+    <t>18/12/2030</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
     <t>RS1305</t>
   </si>
   <si>
     <t>Qualification d'opérateur polyéthylène suivant la norme NF EN ISO 13067</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS137</t>
   </si>
   <si>
     <t>PCIE - Passeport de Compétences Informatique Européen</t>
   </si>
   <si>
     <t>RS365</t>
   </si>
   <si>
     <t>Qualification de soudeur suivant la norme NF EN ISO 9606-1(anciennement NF EN 287-1)</t>
   </si>
   <si>
     <t>RS366</t>
@@ -1523,50 +1568,56 @@
     <t>Rédiger et mettre en forme des documents professionnels avec Word (Tosa)</t>
   </si>
   <si>
     <t>RS6965</t>
   </si>
   <si>
     <t>Créer et gérer des sites web avec WordPress (Tosa)</t>
   </si>
   <si>
     <t>RS7096</t>
   </si>
   <si>
     <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1900,51 +1951,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H199"/>
+  <dimension ref="A1:H207"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -4663,1880 +4714,2064 @@
       </c>
       <c r="C119" s="2" t="s">
         <v>337</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>330</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>338</v>
       </c>
       <c r="C120" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E120" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F120" s="2" t="s">
         <v>339</v>
       </c>
-      <c r="D120" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E120" s="2" t="s">
+      <c r="G120" s="2" t="s">
         <v>340</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>343</v>
+        <v>115</v>
       </c>
       <c r="D121" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="G121" s="2" t="s">
-        <v>11</v>
+        <v>340</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B122" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="C122" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E122" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F122" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="G122" s="2" t="s">
         <v>344</v>
-      </c>
-[...13 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>347</v>
+        <v>179</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>340</v>
+        <v>9</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>11</v>
+        <v>344</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>340</v>
+        <v>9</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="G124" s="2" t="s">
-        <v>11</v>
+        <v>344</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>351</v>
+        <v>172</v>
       </c>
       <c r="D125" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>340</v>
+        <v>9</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="G125" s="2" t="s">
-        <v>11</v>
+        <v>344</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B126" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="C126" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E126" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="G126" s="2" t="s">
         <v>352</v>
-      </c>
-[...13 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B127" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="C127" s="2" t="s">
         <v>354</v>
       </c>
-      <c r="C127" s="2" t="s">
+      <c r="D127" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E127" s="2" t="s">
         <v>355</v>
       </c>
-      <c r="D127" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F127" s="2" t="s">
-        <v>341</v>
+        <v>356</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B128" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="C128" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="D128" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E128" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F128" s="2" t="s">
         <v>356</v>
-      </c>
-[...10 lines deleted...]
-        <v>341</v>
       </c>
       <c r="G128" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D129" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B130" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="C130" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="C130" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D130" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>364</v>
+        <v>356</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>365</v>
+        <v>11</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="D131" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>368</v>
+        <v>356</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>369</v>
+        <v>11</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="D132" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>368</v>
+        <v>356</v>
       </c>
       <c r="G132" s="2" t="s">
-        <v>369</v>
+        <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="D133" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>368</v>
+        <v>356</v>
       </c>
       <c r="G133" s="2" t="s">
-        <v>369</v>
+        <v>11</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="D134" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>368</v>
+        <v>356</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>369</v>
+        <v>11</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="D135" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>368</v>
+        <v>356</v>
       </c>
       <c r="G135" s="2" t="s">
-        <v>369</v>
+        <v>11</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="D136" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="G136" s="2" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B137" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="C137" s="2" t="s">
+        <v>378</v>
+      </c>
+      <c r="D137" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E137" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F137" s="2" t="s">
+        <v>379</v>
+      </c>
+      <c r="G137" s="2" t="s">
         <v>380</v>
-      </c>
-[...13 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B138" s="2" t="s">
+        <v>381</v>
+      </c>
+      <c r="C138" s="2" t="s">
+        <v>382</v>
+      </c>
+      <c r="D138" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E138" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F138" s="2" t="s">
         <v>383</v>
       </c>
-      <c r="C138" s="2" t="s">
+      <c r="G138" s="2" t="s">
         <v>384</v>
-      </c>
-[...10 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>340</v>
+        <v>9</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="G139" s="2" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="D140" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>340</v>
+        <v>9</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="G140" s="2" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="D141" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>340</v>
+        <v>9</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="G141" s="2" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="D142" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>340</v>
+        <v>9</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="G142" s="2" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>340</v>
+        <v>9</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B144" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="C144" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="D144" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E144" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F144" s="2" t="s">
         <v>397</v>
       </c>
-      <c r="C144" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G144" s="2" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B145" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="C145" s="2" t="s">
         <v>399</v>
       </c>
-      <c r="C145" s="2" t="s">
+      <c r="D145" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E145" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="F145" s="2" t="s">
         <v>400</v>
       </c>
-      <c r="D145" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G145" s="2" t="s">
-        <v>386</v>
+        <v>401</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B146" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="C146" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E146" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="F146" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="G146" s="2" t="s">
         <v>401</v>
-      </c>
-[...13 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D147" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E147" s="2" t="s">
-        <v>340</v>
+        <v>355</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>385</v>
+        <v>400</v>
       </c>
       <c r="G147" s="2" t="s">
-        <v>386</v>
+        <v>401</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D148" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>340</v>
+        <v>355</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>385</v>
+        <v>400</v>
       </c>
       <c r="G148" s="2" t="s">
-        <v>386</v>
+        <v>401</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D149" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="G149" s="2" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B150" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="C150" s="2" t="s">
         <v>411</v>
       </c>
-      <c r="C150" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D150" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="G150" s="2" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B151" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="C151" s="2" t="s">
         <v>413</v>
       </c>
-      <c r="C151" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D151" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E151" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="G151" s="2" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B152" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="C152" s="2" t="s">
         <v>415</v>
       </c>
-      <c r="C152" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D152" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E152" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="G152" s="2" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B153" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="C153" s="2" t="s">
         <v>417</v>
       </c>
-      <c r="C153" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D153" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E153" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="G153" s="2" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B154" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="C154" s="2" t="s">
         <v>419</v>
       </c>
-      <c r="C154" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D154" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="G154" s="2" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B155" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="C155" s="2" t="s">
         <v>421</v>
       </c>
-      <c r="C155" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D155" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="G155" s="2" t="s">
-        <v>410</v>
+        <v>401</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B156" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="C156" s="2" t="s">
         <v>423</v>
       </c>
-      <c r="C156" s="2" t="s">
+      <c r="D156" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E156" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F156" s="2" t="s">
         <v>424</v>
       </c>
-      <c r="D156" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G156" s="2" t="s">
-        <v>410</v>
+        <v>425</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B157" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="C157" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="D157" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E157" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F157" s="2" t="s">
+        <v>424</v>
+      </c>
+      <c r="G157" s="2" t="s">
         <v>425</v>
-      </c>
-[...13 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D158" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>409</v>
+        <v>424</v>
       </c>
       <c r="G158" s="2" t="s">
-        <v>410</v>
+        <v>425</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D159" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>409</v>
+        <v>424</v>
       </c>
       <c r="G159" s="2" t="s">
-        <v>410</v>
+        <v>425</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D160" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>409</v>
+        <v>424</v>
       </c>
       <c r="G160" s="2" t="s">
-        <v>410</v>
+        <v>425</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D161" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>127</v>
+        <v>424</v>
       </c>
       <c r="G161" s="2" t="s">
-        <v>128</v>
+        <v>425</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D162" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>154</v>
+        <v>424</v>
       </c>
       <c r="G162" s="2" t="s">
-        <v>151</v>
+        <v>425</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D163" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>189</v>
+        <v>424</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>190</v>
+        <v>425</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D164" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>189</v>
+        <v>424</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>190</v>
+        <v>425</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D165" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>189</v>
+        <v>424</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>190</v>
+        <v>425</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D166" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>189</v>
+        <v>424</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>190</v>
+        <v>425</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>408</v>
+        <v>447</v>
       </c>
       <c r="D167" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>189</v>
+        <v>424</v>
       </c>
       <c r="G167" s="2" t="s">
-        <v>190</v>
+        <v>425</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>412</v>
+        <v>449</v>
       </c>
       <c r="D168" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>189</v>
+        <v>127</v>
       </c>
       <c r="G168" s="2" t="s">
-        <v>190</v>
+        <v>128</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>430</v>
+        <v>451</v>
       </c>
       <c r="D169" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>189</v>
+        <v>154</v>
       </c>
       <c r="G169" s="2" t="s">
-        <v>190</v>
+        <v>151</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>426</v>
+        <v>453</v>
       </c>
       <c r="D170" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>189</v>
       </c>
       <c r="G170" s="2" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>432</v>
+        <v>455</v>
       </c>
       <c r="D171" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>189</v>
       </c>
       <c r="G171" s="2" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>414</v>
+        <v>457</v>
       </c>
       <c r="D172" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>189</v>
       </c>
       <c r="G172" s="2" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>416</v>
+        <v>459</v>
       </c>
       <c r="D173" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>189</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="D174" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>189</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="D175" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>189</v>
       </c>
       <c r="G175" s="2" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>418</v>
+        <v>445</v>
       </c>
       <c r="D176" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>189</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>420</v>
+        <v>441</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>189</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
       <c r="D178" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>213</v>
+        <v>189</v>
       </c>
       <c r="G178" s="2" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>459</v>
+        <v>429</v>
       </c>
       <c r="D179" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>340</v>
+        <v>9</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>341</v>
+        <v>189</v>
       </c>
       <c r="G179" s="2" t="s">
-        <v>11</v>
+        <v>190</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="D180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>262</v>
+        <v>190</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>462</v>
+        <v>439</v>
       </c>
       <c r="D181" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>463</v>
+        <v>189</v>
       </c>
       <c r="G181" s="2" t="s">
-        <v>262</v>
+        <v>190</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>465</v>
+        <v>443</v>
       </c>
       <c r="D182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E182" s="2" t="s">
-        <v>340</v>
+        <v>9</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>341</v>
+        <v>189</v>
       </c>
       <c r="G182" s="2" t="s">
-        <v>11</v>
+        <v>190</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>467</v>
+        <v>433</v>
       </c>
       <c r="D183" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E183" s="2" t="s">
-        <v>340</v>
+        <v>9</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>341</v>
+        <v>189</v>
       </c>
       <c r="G183" s="2" t="s">
-        <v>11</v>
+        <v>190</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>469</v>
+        <v>435</v>
       </c>
       <c r="D184" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E184" s="2" t="s">
-        <v>340</v>
+        <v>9</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>341</v>
+        <v>189</v>
       </c>
       <c r="G184" s="2" t="s">
-        <v>11</v>
+        <v>190</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D185" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>340</v>
+        <v>9</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>341</v>
+        <v>213</v>
       </c>
       <c r="G185" s="2" t="s">
-        <v>11</v>
+        <v>214</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D186" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E186" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>285</v>
+        <v>356</v>
       </c>
       <c r="G186" s="2" t="s">
-        <v>286</v>
+        <v>11</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>475</v>
+        <v>449</v>
       </c>
       <c r="D187" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>476</v>
+        <v>200</v>
       </c>
       <c r="G187" s="2" t="s">
-        <v>293</v>
+        <v>262</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B188" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="C188" s="2" t="s">
         <v>477</v>
       </c>
-      <c r="C188" s="2" t="s">
+      <c r="D188" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E188" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F188" s="2" t="s">
         <v>478</v>
       </c>
-      <c r="D188" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G188" s="2" t="s">
-        <v>293</v>
+        <v>262</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>479</v>
       </c>
       <c r="C189" s="2" t="s">
         <v>480</v>
       </c>
       <c r="D189" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>476</v>
+        <v>356</v>
       </c>
       <c r="G189" s="2" t="s">
-        <v>293</v>
+        <v>11</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>481</v>
       </c>
       <c r="C190" s="2" t="s">
         <v>482</v>
       </c>
       <c r="D190" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E190" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>476</v>
+        <v>356</v>
       </c>
       <c r="G190" s="2" t="s">
-        <v>293</v>
+        <v>11</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>483</v>
       </c>
       <c r="C191" s="2" t="s">
         <v>484</v>
       </c>
       <c r="D191" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E191" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>476</v>
+        <v>356</v>
       </c>
       <c r="G191" s="2" t="s">
-        <v>293</v>
+        <v>11</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>485</v>
       </c>
       <c r="C192" s="2" t="s">
         <v>486</v>
       </c>
       <c r="D192" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>9</v>
+        <v>355</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>476</v>
+        <v>356</v>
       </c>
       <c r="G192" s="2" t="s">
-        <v>293</v>
+        <v>11</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>487</v>
       </c>
       <c r="C193" s="2" t="s">
         <v>488</v>
       </c>
       <c r="D193" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>476</v>
+        <v>285</v>
       </c>
       <c r="G193" s="2" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>489</v>
       </c>
       <c r="C194" s="2" t="s">
         <v>490</v>
       </c>
       <c r="D194" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>476</v>
+        <v>491</v>
       </c>
       <c r="G194" s="2" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B195" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="C195" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="D195" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E195" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F195" s="2" t="s">
         <v>491</v>
-      </c>
-[...10 lines deleted...]
-        <v>476</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D196" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>476</v>
+        <v>491</v>
       </c>
       <c r="G196" s="2" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D197" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>476</v>
+        <v>491</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D198" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="G198" s="2" t="s">
-        <v>308</v>
+        <v>293</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1">
         <v>88479319100013</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>500</v>
       </c>
       <c r="C199" s="2" t="s">
         <v>501</v>
       </c>
       <c r="D199" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F199" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="G199" s="2" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" s="1">
+        <v>88479319100013</v>
+      </c>
+      <c r="B200" s="2" t="s">
         <v>502</v>
       </c>
-      <c r="G199" s="2" t="s">
+      <c r="C200" s="2" t="s">
+        <v>503</v>
+      </c>
+      <c r="D200" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E200" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F200" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="G200" s="2" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" s="1">
+        <v>88479319100013</v>
+      </c>
+      <c r="B201" s="2" t="s">
+        <v>504</v>
+      </c>
+      <c r="C201" s="2" t="s">
+        <v>505</v>
+      </c>
+      <c r="D201" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E201" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F201" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="G201" s="2" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" s="1">
+        <v>88479319100013</v>
+      </c>
+      <c r="B202" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="C202" s="2" t="s">
+        <v>507</v>
+      </c>
+      <c r="D202" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E202" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F202" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="G202" s="2" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" s="1">
+        <v>88479319100013</v>
+      </c>
+      <c r="B203" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="C203" s="2" t="s">
+        <v>509</v>
+      </c>
+      <c r="D203" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E203" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F203" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="G203" s="2" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" s="1">
+        <v>88479319100013</v>
+      </c>
+      <c r="B204" s="2" t="s">
+        <v>510</v>
+      </c>
+      <c r="C204" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="D204" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E204" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F204" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="G204" s="2" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" s="1">
+        <v>88479319100013</v>
+      </c>
+      <c r="B205" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="C205" s="2" t="s">
+        <v>513</v>
+      </c>
+      <c r="D205" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E205" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F205" s="2" t="s">
+        <v>514</v>
+      </c>
+      <c r="G205" s="2" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" s="1">
+        <v>88479319100013</v>
+      </c>
+      <c r="B206" s="2" t="s">
+        <v>515</v>
+      </c>
+      <c r="C206" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="D206" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E206" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F206" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="G206" s="2" t="s">
         <v>331</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" s="1">
+        <v>88479319100013</v>
+      </c>
+      <c r="B207" s="2" t="s">
+        <v>518</v>
+      </c>
+      <c r="C207" s="2" t="s">
+        <v>519</v>
+      </c>
+      <c r="D207" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E207" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F207" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="G207" s="2" t="s">
+        <v>344</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -6549,31 +6784,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/01/2025 11:18:35</dc:description>
+  <dc:description>Export en date du 01/17/2026 19:18:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>