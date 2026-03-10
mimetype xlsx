--- v1 (2026-01-17)
+++ v2 (2026-03-10)
@@ -6784,31 +6784,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/17/2026 19:18:20</dc:description>
+  <dc:description>Export en date du 03/10/2026 01:15:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>