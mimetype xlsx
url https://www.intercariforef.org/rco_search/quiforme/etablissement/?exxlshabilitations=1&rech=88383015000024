--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -1481,31 +1481,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/01/2025 10:42:49</dc:description>
+  <dc:description>Export en date du 12/16/2025 16:24:22</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>