--- v1 (2025-12-16)
+++ v2 (2026-02-02)
@@ -1481,31 +1481,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/16/2025 16:24:22</dc:description>
+  <dc:description>Export en date du 02/02/2026 14:38:56</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>