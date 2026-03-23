--- v2 (2026-02-02)
+++ v3 (2026-03-23)
@@ -211,51 +211,51 @@
   <si>
     <t>Agent de protection physique des personnes</t>
   </si>
   <si>
     <t>20/09/2028</t>
   </si>
   <si>
     <t>RNCP39090</t>
   </si>
   <si>
     <t>31/05/2025</t>
   </si>
   <si>
     <t>RNCP39630</t>
   </si>
   <si>
     <t>01/10/2026</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>RNCP40298</t>
   </si>
   <si>
-    <t>01/03/2026</t>
+    <t>01/09/2026</t>
   </si>
   <si>
     <t>RNCP40374</t>
   </si>
   <si>
     <t>Agent en protection physique des personnes</t>
   </si>
   <si>
     <t>28/03/2027</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RNCP40375</t>
   </si>
   <si>
     <t>Agent de sécurité et de surveillance humaine</t>
   </si>
   <si>
     <t>RNCP40385</t>
   </si>
   <si>
     <t>Dirigeant d'entreprise de sécurité privée</t>
   </si>
@@ -1257,51 +1257,51 @@
       </c>
       <c r="E24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>88383015000024</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>88383015000024</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F26" s="2" t="s">
@@ -1481,31 +1481,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/02/2026 14:38:56</dc:description>
+  <dc:description>Export en date du 03/23/2026 05:53:51</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>