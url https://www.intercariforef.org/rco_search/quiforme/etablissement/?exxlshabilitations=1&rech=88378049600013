--- v0 (2025-11-01)
+++ v1 (2026-01-29)
@@ -67,69 +67,69 @@
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
     <t>Non renseignée</t>
   </si>
   <si>
     <t>RNCP31114</t>
   </si>
   <si>
     <t>TP Développeur web et web mobile</t>
   </si>
   <si>
     <t>RNCP31678</t>
   </si>
   <si>
     <t>TP Concepteur développeur d'applications</t>
   </si>
   <si>
     <t>18/12/2023</t>
   </si>
   <si>
-    <t>RNCP35295</t>
-[...7 lines deleted...]
-  <si>
     <t>RNCP36046</t>
   </si>
   <si>
     <t>Délégué à la protection des données (DPO)</t>
   </si>
   <si>
     <t>24/11/2024</t>
   </si>
   <si>
     <t>24/11/2021</t>
+  </si>
+  <si>
+    <t>RNCP36061</t>
+  </si>
+  <si>
+    <t>TP Administrateur système DevOps</t>
+  </si>
+  <si>
+    <t>30/11/2026</t>
   </si>
   <si>
     <t>RNCP36286</t>
   </si>
   <si>
     <t>Expert en informatique et système d'information</t>
   </si>
   <si>
     <t>25/03/2025</t>
   </si>
   <si>
     <t>25/03/2022</t>
   </si>
   <si>
     <t>RNCP37273</t>
   </si>
   <si>
     <t>Développeur web full stack</t>
   </si>
   <si>
     <t>25/01/2026</t>
   </si>
   <si>
     <t>25/01/2023</t>
   </si>
@@ -662,74 +662,74 @@
       </c>
       <c r="G4" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>88378049600013</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>88378049600013</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>88378049600013</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>27</v>
       </c>
     </row>
@@ -857,51 +857,51 @@
       </c>
       <c r="C13" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>88378049600013</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -926,31 +926,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/01/2025 15:42:06</dc:description>
+  <dc:description>Export en date du 01/29/2026 14:35:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>