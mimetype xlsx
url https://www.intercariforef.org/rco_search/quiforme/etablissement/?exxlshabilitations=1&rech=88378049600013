--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -926,31 +926,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/29/2026 14:35:05</dc:description>
+  <dc:description>Export en date du 03/16/2026 06:17:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>