--- v0 (2025-11-01)
+++ v1 (2026-01-30)
@@ -97,54 +97,54 @@
   <si>
     <t>RS5871</t>
   </si>
   <si>
     <t>Certificat Linguaskill from Cambridge - anglais</t>
   </si>
   <si>
     <t>25/02/2024</t>
   </si>
   <si>
     <t>25/02/2022</t>
   </si>
   <si>
     <t>RS6151</t>
   </si>
   <si>
     <t>Test TOEIC (Test of English for International Communication)</t>
   </si>
   <si>
     <t>24/10/2025</t>
   </si>
   <si>
     <t>24/10/2022</t>
   </si>
   <si>
-    <t>RS6905</t>
-[...2 lines deleted...]
-    <t>VTest Business English - 4 Skills</t>
+    <t>RS6891</t>
+  </si>
+  <si>
+    <t>Produire et réviser du contenu professionnel multimédia en utilisant les outils d’Intelligence Artificielle Générative (IAG) de façon responsable</t>
   </si>
   <si>
     <t>28/11/2027</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
   <si>
     <t>RS7229</t>
   </si>
   <si>
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -666,51 +666,51 @@
       </c>
       <c r="E6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>85139769500012</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>85139769500012</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="2" t="s">
@@ -752,31 +752,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/01/2025 23:34:15</dc:description>
+  <dc:description>Export en date du 01/30/2026 19:53:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>