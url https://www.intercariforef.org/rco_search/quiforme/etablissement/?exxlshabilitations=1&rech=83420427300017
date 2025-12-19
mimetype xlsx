--- v0 (2025-10-31)
+++ v1 (2025-12-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="364">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="334">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP28229</t>
   </si>
   <si>
@@ -589,50 +589,56 @@
   <si>
     <t>CQP Technicien en rectification industrielle</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>RNCP41288</t>
   </si>
   <si>
     <t>CQP Opérateur en fabrication additive : poudre métallique ou polymères ou sables</t>
   </si>
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>RNCP41332</t>
   </si>
   <si>
+    <t>RNCP41366</t>
+  </si>
+  <si>
+    <t>04/11/2027</t>
+  </si>
+  <si>
     <t>RNCP5863</t>
   </si>
   <si>
     <t>RS1026</t>
   </si>
   <si>
     <t>Certificat d’acteur prévention des risques liés à l’activité physique Secteur sanitaire et social (dénommé « acteur PRAP 2S »)</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS1037</t>
   </si>
   <si>
     <t>Certificat d’acteur prévention des risques liés à l’activité physique Secteur Industrie, Bâtiment, Commerce (dénommé « acteur PRAP IBC »)</t>
   </si>
   <si>
     <t>RS1038</t>
   </si>
   <si>
     <t>Maintenir et actualiser ses compétences d’acteur prap - industrie, BTP, commerce</t>
   </si>
   <si>
     <t>RS1040</t>
@@ -898,137 +904,62 @@
   <si>
     <t>RS6869</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) - recommandation 489 catégorie 3 – chariots élévateurs frontaux en porte-à-faux</t>
   </si>
   <si>
     <t>RS6870</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) - recommandation 489 catégorie 5 : chariots élévateurs à mat rétractable</t>
   </si>
   <si>
     <t>RS6873</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) - Recommandation 489 catégorie 7 : Conduite hors production des chariots</t>
   </si>
   <si>
     <t>RS6879</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) - recommandation 484 catégorie 1 : ponts roulants et portiques à commande au sol</t>
   </si>
   <si>
-    <t>RS6893</t>
-[...4 lines deleted...]
-  <si>
     <t>RS6937</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) Recommandation 485 catégorie 1 : gerbeurs automoteurs à conducteur accompagnant</t>
   </si>
   <si>
     <t>RS6938</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) Recommandation 485 catégorie 2 : gerbeurs automoteurs à conducteur accompagnant d’hauteur de levée &gt; 2,5 m</t>
   </si>
   <si>
-    <t>RS6955</t>
-[...67 lines deleted...]
-  <si>
     <t>RS6997</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) - Recommandation 490 : grues de chargement</t>
   </si>
   <si>
     <t>RS7000</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) Recommandation 486A catégorie A : PEMP à élévation verticale</t>
   </si>
   <si>
     <t>RS7001</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) Recommandation 486A catégorie B : PEMP à élévation multidirectionnelle</t>
   </si>
   <si>
     <t>RS7002</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) Recommandation 486A catégorie C : conduite hors production des PEMP</t>
   </si>
   <si>
     <t>RS7023</t>
@@ -1069,75 +1000,54 @@
   <si>
     <t>RS7046</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) Recommandation 482 catégorie C3 : Engins de nivellement à déplacement alternatif</t>
   </si>
   <si>
     <t>RS7047</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) Recommandation 482 catégorie D : Engins de compactage</t>
   </si>
   <si>
     <t>RS7048</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) Recommandation 482 catégorie E : Engins de transport</t>
   </si>
   <si>
     <t>RS7049</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) Recommandation 482 catégorie F : Chariots de manutention tout-terrain</t>
   </si>
   <si>
-    <t>RS7096</t>
-[...10 lines deleted...]
-  <si>
     <t>RS715</t>
   </si>
   <si>
     <t>Certificat de sauveteur secouriste du travail</t>
-  </si>
-[...7 lines deleted...]
-    <t>24/09/2028</t>
   </si>
   <si>
     <t>RS727</t>
   </si>
   <si>
     <t>Maintenir et actualiser ses compétences de sauveteur secouriste du travail</t>
   </si>
   <si>
     <t>RS8</t>
   </si>
   <si>
     <t>TOSA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1483,51 +1393,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H146"/>
+  <dimension ref="A1:H133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -2912,730 +2822,730 @@
       </c>
       <c r="C61" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>188</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>191</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>102</v>
+        <v>58</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>28</v>
+        <v>192</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>193</v>
+        <v>102</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>194</v>
+        <v>28</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B64" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="C64" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="C64" s="2" t="s">
+      <c r="D64" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E64" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>196</v>
-      </c>
-[...7 lines deleted...]
-        <v>194</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>197</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>198</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>200</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>201</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>202</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>203</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>204</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>207</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>208</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>210</v>
+        <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B71" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="C71" s="2" t="s">
+      <c r="G71" s="2" t="s">
         <v>212</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B72" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="C72" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="C72" s="2" t="s">
+      <c r="D72" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F72" s="2" t="s">
         <v>215</v>
-      </c>
-[...7 lines deleted...]
-        <v>213</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>216</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>217</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>218</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>219</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>220</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>221</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B76" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="C76" s="2" t="s">
         <v>223</v>
       </c>
-      <c r="C76" s="2" t="s">
+      <c r="D76" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E76" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F76" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="D76" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G76" s="2" t="s">
-        <v>226</v>
+        <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B77" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F77" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="C77" s="2" t="s">
+      <c r="G77" s="2" t="s">
         <v>228</v>
-      </c>
-[...10 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>229</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>230</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>231</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>233</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>234</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>235</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>237</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>238</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>239</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>240</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>241</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>242</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>244</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>245</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>246</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>247</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>248</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>250</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>251</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>252</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>87</v>
+        <v>227</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>88</v>
+        <v>228</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>253</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>254</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>255</v>
+        <v>87</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>256</v>
+        <v>88</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B91" s="2" t="s">
+        <v>255</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E91" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F91" s="2" t="s">
         <v>257</v>
       </c>
-      <c r="C91" s="2" t="s">
+      <c r="G91" s="2" t="s">
         <v>258</v>
-      </c>
-[...10 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>259</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>260</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>119</v>
       </c>
     </row>
@@ -3671,362 +3581,362 @@
       </c>
       <c r="C94" s="2" t="s">
         <v>264</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>265</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>224</v>
+        <v>266</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>246</v>
+        <v>230</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>230</v>
+        <v>250</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>234</v>
+        <v>246</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>252</v>
+        <v>238</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>158</v>
+        <v>118</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>155</v>
+        <v>119</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>278</v>
+        <v>254</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>279</v>
+        <v>158</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B108" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="C108" s="2" t="s">
         <v>280</v>
       </c>
-      <c r="C108" s="2" t="s">
+      <c r="D108" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E108" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F108" s="2" t="s">
         <v>281</v>
       </c>
-      <c r="D108" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G108" s="2" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>282</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>283</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G109" s="2" t="s">
         <v>162</v>
       </c>
     </row>
@@ -4140,54 +4050,54 @@
       </c>
       <c r="F114" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>294</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>295</v>
       </c>
       <c r="D115" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>296</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>297</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>171</v>
       </c>
     </row>
@@ -4209,697 +4119,398 @@
       </c>
       <c r="F117" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>300</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>301</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>302</v>
+        <v>177</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B119" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="C119" s="2" t="s">
         <v>303</v>
       </c>
-      <c r="C119" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D119" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>302</v>
+        <v>177</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B120" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="C120" s="2" t="s">
         <v>305</v>
       </c>
-      <c r="C120" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D120" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>302</v>
+        <v>177</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B121" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="C121" s="2" t="s">
         <v>307</v>
       </c>
-      <c r="C121" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D121" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>302</v>
+        <v>177</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B122" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="C122" s="2" t="s">
         <v>309</v>
       </c>
-      <c r="C122" s="2" t="s">
+      <c r="D122" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E122" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F122" s="2" t="s">
         <v>310</v>
       </c>
-      <c r="D122" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G122" s="2" t="s">
-        <v>178</v>
+        <v>311</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B123" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="C123" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="D123" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E123" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F123" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="G123" s="2" t="s">
         <v>311</v>
-      </c>
-[...13 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="G124" s="2" t="s">
-        <v>178</v>
+        <v>311</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D125" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="G125" s="2" t="s">
-        <v>178</v>
+        <v>311</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D126" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="G126" s="2" t="s">
-        <v>178</v>
+        <v>311</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D127" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>178</v>
+        <v>311</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D128" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="G128" s="2" t="s">
-        <v>178</v>
+        <v>311</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D129" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>177</v>
+        <v>310</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>178</v>
+        <v>311</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D130" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>177</v>
+        <v>310</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>178</v>
+        <v>311</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D131" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>177</v>
+        <v>196</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>178</v>
+        <v>11</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D132" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>177</v>
+        <v>196</v>
       </c>
       <c r="G132" s="2" t="s">
-        <v>178</v>
+        <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D133" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>333</v>
+        <v>196</v>
       </c>
       <c r="G133" s="2" t="s">
-        <v>334</v>
-[...297 lines deleted...]
-      <c r="G146" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -4913,31 +4524,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/31/2025 13:44:12</dc:description>
+  <dc:description>Export en date du 12/19/2025 14:54:48</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>