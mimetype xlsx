--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -4524,31 +4524,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/19/2025 14:54:48</dc:description>
+  <dc:description>Export en date du 12/19/2025 16:22:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>