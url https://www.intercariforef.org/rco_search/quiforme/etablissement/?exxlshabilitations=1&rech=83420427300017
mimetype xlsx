--- v2 (2025-12-19)
+++ v3 (2026-02-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="334">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="338">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP28229</t>
   </si>
   <si>
@@ -593,50 +593,62 @@
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>RNCP41288</t>
   </si>
   <si>
     <t>CQP Opérateur en fabrication additive : poudre métallique ou polymères ou sables</t>
   </si>
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>RNCP41332</t>
   </si>
   <si>
     <t>RNCP41366</t>
   </si>
   <si>
     <t>04/11/2027</t>
+  </si>
+  <si>
+    <t>RNCP41763</t>
+  </si>
+  <si>
+    <t>CQP Opérateur régleur sur machines-outils à commande numérique de transformation de la tôle</t>
+  </si>
+  <si>
+    <t>18/12/2030</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
   </si>
   <si>
     <t>RNCP5863</t>
   </si>
   <si>
     <t>RS1026</t>
   </si>
   <si>
     <t>Certificat d’acteur prévention des risques liés à l’activité physique Secteur sanitaire et social (dénommé « acteur PRAP 2S »)</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS1037</t>
   </si>
   <si>
     <t>Certificat d’acteur prévention des risques liés à l’activité physique Secteur Industrie, Bâtiment, Commerce (dénommé « acteur PRAP IBC »)</t>
   </si>
   <si>
     <t>RS1038</t>
   </si>
   <si>
     <t>Maintenir et actualiser ses compétences d’acteur prap - industrie, BTP, commerce</t>
   </si>
@@ -1393,51 +1405,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H133"/>
+  <dimension ref="A1:H134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -2845,1672 +2857,1695 @@
       </c>
       <c r="C62" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>192</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>193</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>102</v>
+        <v>194</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>28</v>
+        <v>195</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>11</v>
+        <v>196</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>195</v>
+        <v>102</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>196</v>
+        <v>28</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C66" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E66" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F66" s="2" t="s">
         <v>200</v>
-      </c>
-[...7 lines deleted...]
-        <v>196</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>215</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>11</v>
+        <v>216</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C74" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E74" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F74" s="2" t="s">
         <v>219</v>
-      </c>
-[...7 lines deleted...]
-        <v>215</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>228</v>
+        <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>229</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>230</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B79" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F79" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="C79" s="2" t="s">
+      <c r="G79" s="2" t="s">
         <v>232</v>
-      </c>
-[...10 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>87</v>
+        <v>231</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>88</v>
+        <v>232</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>257</v>
+        <v>87</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>258</v>
+        <v>88</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>259</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>260</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>118</v>
+        <v>261</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>119</v>
+        <v>262</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>226</v>
+        <v>270</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>230</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>248</v>
+        <v>234</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>232</v>
+        <v>254</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>246</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>254</v>
+        <v>242</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>158</v>
+        <v>118</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>155</v>
+        <v>119</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>281</v>
+        <v>158</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>161</v>
+        <v>285</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="D111" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D112" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D115" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>174</v>
+        <v>161</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D117" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>177</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D120" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>177</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D121" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>177</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D122" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>310</v>
+        <v>177</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>311</v>
+        <v>178</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>312</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>313</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B124" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="C124" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="D124" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E124" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F124" s="2" t="s">
         <v>314</v>
       </c>
-      <c r="C124" s="2" t="s">
+      <c r="G124" s="2" t="s">
         <v>315</v>
-      </c>
-[...10 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D125" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="G125" s="2" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D126" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="G126" s="2" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D127" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D128" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="G128" s="2" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D129" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D130" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D131" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>196</v>
+        <v>314</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>11</v>
+        <v>315</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="D132" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1">
         <v>83420427300017</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D133" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="G133" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" s="1">
+        <v>83420427300017</v>
+      </c>
+      <c r="B134" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="C134" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="D134" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E134" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F134" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="G134" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -4524,31 +4559,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/19/2025 16:22:57</dc:description>
+  <dc:description>Export en date du 02/07/2026 09:24:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>