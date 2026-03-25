--- v3 (2026-02-07)
+++ v4 (2026-03-25)
@@ -4559,31 +4559,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/07/2026 09:24:26</dc:description>
+  <dc:description>Export en date du 03/25/2026 22:32:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>