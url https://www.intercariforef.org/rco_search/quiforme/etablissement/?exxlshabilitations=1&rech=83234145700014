--- v0 (2025-10-29)
+++ v1 (2025-12-29)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -709,93 +709,96 @@
   <si>
     <t>RS6962</t>
   </si>
   <si>
     <t>Programmer et automatiser des tâches avec Python (Tosa)</t>
   </si>
   <si>
     <t>RS6963</t>
   </si>
   <si>
     <t>Automatiser des processus dans les applications Microsoft Office avec VBA (Tosa)</t>
   </si>
   <si>
     <t>RS6964</t>
   </si>
   <si>
     <t>Rédiger et mettre en forme des documents professionnels avec Word (Tosa)</t>
   </si>
   <si>
     <t>RS6965</t>
   </si>
   <si>
     <t>Créer et gérer des sites web avec WordPress (Tosa)</t>
   </si>
   <si>
-    <t>RS7013</t>
-[...7 lines deleted...]
-  <si>
     <t>RS7096</t>
   </si>
   <si>
     <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RS7229</t>
   </si>
   <si>
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
   <si>
     <t>RS8</t>
   </si>
   <si>
     <t>TOSA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -3392,143 +3395,143 @@
       </c>
       <c r="C97" s="2" t="s">
         <v>230</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>209</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1">
         <v>83234145700014</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>231</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>142</v>
+        <v>232</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1">
         <v>83234145700014</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1">
         <v>83234145700014</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1">
         <v>83234145700014</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1">
         <v>83234145700014</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -3553,31 +3556,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/29/2025 15:34:41</dc:description>
+  <dc:description>Export en date du 12/29/2025 21:03:42</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>