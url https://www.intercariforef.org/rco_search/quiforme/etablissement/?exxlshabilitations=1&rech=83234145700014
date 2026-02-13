--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -3556,31 +3556,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/29/2025 21:03:42</dc:description>
+  <dc:description>Export en date du 02/14/2026 00:17:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>