--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -9628,31 +9628,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/20/2025 13:29:37</dc:description>
+  <dc:description>Export en date du 12/05/2025 08:06:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>