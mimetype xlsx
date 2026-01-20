--- v1 (2025-12-05)
+++ v2 (2026-01-20)
@@ -9628,31 +9628,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/05/2025 08:06:54</dc:description>
+  <dc:description>Export en date du 01/20/2026 16:03:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>