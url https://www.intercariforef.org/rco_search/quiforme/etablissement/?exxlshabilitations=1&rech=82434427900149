--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="640">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="642">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP15253</t>
   </si>
   <si>
@@ -1673,50 +1673,56 @@
     <t>RNCP40064</t>
   </si>
   <si>
     <t>RNCP40066</t>
   </si>
   <si>
     <t>RNCP40068</t>
   </si>
   <si>
     <t>DEUST Métiers de la cohésion sociale (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40071</t>
   </si>
   <si>
     <t>RNCP40102</t>
   </si>
   <si>
     <t>RNCP40104</t>
   </si>
   <si>
     <t>RNCP40107</t>
   </si>
   <si>
     <t>RNCP40108</t>
+  </si>
+  <si>
+    <t>RNCP40113</t>
+  </si>
+  <si>
+    <t>LICENCE Mathématiques (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40116</t>
   </si>
   <si>
     <t>RNCP40121</t>
   </si>
   <si>
     <t>RNCP40123</t>
   </si>
   <si>
     <t>RNCP40134</t>
   </si>
   <si>
     <t>RNCP40184</t>
   </si>
   <si>
     <t>Licence Professionnelle Métiers du jeu vidéo (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40185</t>
   </si>
   <si>
     <t>RNCP40232</t>
   </si>
@@ -2311,51 +2317,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H315"/>
+  <dimension ref="A1:H316"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -8363,1258 +8369,1281 @@
       </c>
       <c r="C262" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D262" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G262" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>553</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>53</v>
+        <v>554</v>
       </c>
       <c r="D263" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E263" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G263" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>83</v>
+        <v>53</v>
       </c>
       <c r="D264" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>540</v>
+        <v>430</v>
       </c>
       <c r="G264" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B265" s="2" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="D265" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>430</v>
+        <v>540</v>
       </c>
       <c r="G265" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B266" s="2" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>149</v>
+        <v>91</v>
       </c>
       <c r="D266" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G266" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B267" s="2" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>558</v>
+        <v>149</v>
       </c>
       <c r="D267" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G267" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>559</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>99</v>
+        <v>560</v>
       </c>
       <c r="D268" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G268" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B269" s="2" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="D269" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G269" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B270" s="2" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="D270" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G270" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>137</v>
+        <v>93</v>
       </c>
       <c r="D271" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G271" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>125</v>
+        <v>137</v>
       </c>
       <c r="D272" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E272" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G272" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B273" s="2" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>565</v>
+        <v>125</v>
       </c>
       <c r="D273" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G273" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>566</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>139</v>
+        <v>567</v>
       </c>
       <c r="D274" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G274" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B275" s="2" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>159</v>
+        <v>139</v>
       </c>
       <c r="D275" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G275" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="D276" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G276" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B277" s="2" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>570</v>
+        <v>155</v>
       </c>
       <c r="D277" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G277" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>571</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>113</v>
+        <v>572</v>
       </c>
       <c r="D278" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>572</v>
+        <v>430</v>
       </c>
       <c r="G278" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>573</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>89</v>
+        <v>113</v>
       </c>
       <c r="D279" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>430</v>
+        <v>574</v>
       </c>
       <c r="G279" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B280" s="2" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="D280" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G280" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>133</v>
+        <v>97</v>
       </c>
       <c r="D281" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G281" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>157</v>
+        <v>133</v>
       </c>
       <c r="D282" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G282" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="D283" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E283" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G283" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B284" s="2" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>121</v>
+        <v>153</v>
       </c>
       <c r="D284" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G284" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>580</v>
+        <v>121</v>
       </c>
       <c r="D285" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>581</v>
+        <v>430</v>
       </c>
       <c r="G285" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B286" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="C286" s="2" t="s">
         <v>582</v>
       </c>
-      <c r="C286" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>430</v>
+        <v>583</v>
       </c>
       <c r="G286" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B287" s="2" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>584</v>
+        <v>109</v>
       </c>
       <c r="D287" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E287" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G287" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>585</v>
       </c>
       <c r="C288" s="2" t="s">
         <v>586</v>
       </c>
       <c r="D288" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E288" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>540</v>
+        <v>430</v>
       </c>
       <c r="G288" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>587</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>127</v>
+        <v>588</v>
       </c>
       <c r="D289" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E289" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>430</v>
+        <v>540</v>
       </c>
       <c r="G289" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B290" s="2" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>163</v>
+        <v>127</v>
       </c>
       <c r="D290" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E290" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G290" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B291" s="2" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>590</v>
+        <v>163</v>
       </c>
       <c r="D291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="G291" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>591</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>115</v>
+        <v>592</v>
       </c>
       <c r="D292" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="G292" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B293" s="2" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>593</v>
+        <v>115</v>
       </c>
       <c r="D293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>594</v>
+        <v>430</v>
       </c>
       <c r="G293" s="2" t="s">
-        <v>595</v>
+        <v>11</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B294" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="C294" s="2" t="s">
+        <v>595</v>
+      </c>
+      <c r="D294" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E294" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F294" s="2" t="s">
         <v>596</v>
       </c>
-      <c r="C294" s="2" t="s">
+      <c r="G294" s="2" t="s">
         <v>597</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>598</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>175</v>
+        <v>599</v>
       </c>
       <c r="D295" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F295" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G295" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B296" s="2" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>117</v>
+        <v>175</v>
       </c>
       <c r="D296" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G296" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B297" s="2" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>141</v>
+        <v>117</v>
       </c>
       <c r="D297" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G297" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B298" s="2" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>602</v>
+        <v>141</v>
       </c>
       <c r="D298" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F298" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G298" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>603</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>151</v>
+        <v>604</v>
       </c>
       <c r="D299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G299" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B300" s="2" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>119</v>
+        <v>151</v>
       </c>
       <c r="D300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G300" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>606</v>
+        <v>119</v>
       </c>
       <c r="D301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G301" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>607</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>143</v>
+        <v>608</v>
       </c>
       <c r="D302" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G302" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>609</v>
+        <v>143</v>
       </c>
       <c r="D303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>581</v>
+        <v>430</v>
       </c>
       <c r="G303" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>610</v>
       </c>
       <c r="C304" s="2" t="s">
         <v>611</v>
       </c>
       <c r="D304" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="G304" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>612</v>
       </c>
       <c r="C305" s="2" t="s">
         <v>613</v>
       </c>
       <c r="D305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>462</v>
+        <v>583</v>
       </c>
       <c r="G305" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>614</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>81</v>
+        <v>615</v>
       </c>
       <c r="D306" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>430</v>
+        <v>462</v>
       </c>
       <c r="G306" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B307" s="2" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>616</v>
+        <v>81</v>
       </c>
       <c r="D307" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E307" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>581</v>
+        <v>430</v>
       </c>
       <c r="G307" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>617</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>535</v>
+        <v>618</v>
       </c>
       <c r="D308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="G308" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B309" s="2" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>619</v>
+        <v>535</v>
       </c>
       <c r="D309" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>620</v>
+        <v>583</v>
       </c>
       <c r="G309" s="2" t="s">
-        <v>621</v>
+        <v>11</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B310" s="2" t="s">
+        <v>620</v>
+      </c>
+      <c r="C310" s="2" t="s">
+        <v>621</v>
+      </c>
+      <c r="D310" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E310" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F310" s="2" t="s">
         <v>622</v>
       </c>
-      <c r="C310" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F310" s="2" t="s">
+      <c r="G310" s="2" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>624</v>
       </c>
       <c r="C311" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="D311" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E311" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F311" s="2" t="s">
         <v>625</v>
-      </c>
-[...7 lines deleted...]
-        <v>623</v>
       </c>
       <c r="G311" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>626</v>
       </c>
       <c r="C312" s="2" t="s">
         <v>627</v>
       </c>
       <c r="D312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="G312" s="2" t="s">
-        <v>629</v>
+        <v>11</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B313" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="C313" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="D313" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E313" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F313" s="2" t="s">
         <v>630</v>
       </c>
-      <c r="C313" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F313" s="2" t="s">
+      <c r="G313" s="2" t="s">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>632</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B314" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="C314" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="D314" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E314" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F314" s="2" t="s">
         <v>633</v>
       </c>
-      <c r="C314" s="2" t="s">
+      <c r="G314" s="2" t="s">
         <v>634</v>
-      </c>
-[...10 lines deleted...]
-        <v>636</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B315" s="2" t="s">
+        <v>635</v>
+      </c>
+      <c r="C315" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="D315" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E315" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F315" s="2" t="s">
         <v>637</v>
       </c>
-      <c r="C315" s="2" t="s">
+      <c r="G315" s="2" t="s">
         <v>638</v>
       </c>
-      <c r="D315" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F315" s="2" t="s">
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" s="1">
+        <v>82434427900149</v>
+      </c>
+      <c r="B316" s="2" t="s">
         <v>639</v>
       </c>
-      <c r="G315" s="2" t="s">
+      <c r="C316" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="D316" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E316" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F316" s="2" t="s">
+        <v>641</v>
+      </c>
+      <c r="G316" s="2" t="s">
         <v>533</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -9628,31 +9657,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/20/2026 16:03:35</dc:description>
+  <dc:description>Export en date du 03/07/2026 01:43:08</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>