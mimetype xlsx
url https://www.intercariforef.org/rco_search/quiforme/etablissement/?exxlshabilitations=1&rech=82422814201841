--- v0 (2025-11-03)
+++ v1 (2025-12-24)
@@ -2845,31 +2845,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/03/2025 22:49:42</dc:description>
+  <dc:description>Export en date du 12/24/2025 01:01:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>