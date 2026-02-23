--- v1 (2025-12-24)
+++ v2 (2026-02-23)
@@ -235,51 +235,51 @@
   <si>
     <t>13/08/2028</t>
   </si>
   <si>
     <t>RNCP38551</t>
   </si>
   <si>
     <t>23/02/2025</t>
   </si>
   <si>
     <t>RNCP38561</t>
   </si>
   <si>
     <t>21/03/2029</t>
   </si>
   <si>
     <t>RNCP40216</t>
   </si>
   <si>
     <t>22/02/2030</t>
   </si>
   <si>
     <t>RNCP40298</t>
   </si>
   <si>
-    <t>01/03/2026</t>
+    <t>01/09/2026</t>
   </si>
   <si>
     <t>RNCP40498</t>
   </si>
   <si>
     <t>28/07/2030</t>
   </si>
   <si>
     <t>RNCP40499</t>
   </si>
   <si>
     <t>27/07/2030</t>
   </si>
   <si>
     <t>RS5054</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) - Recommandation 489 catégorie 3 – Chariots élévateurs frontaux en porte-à-faux</t>
   </si>
   <si>
     <t>27/11/2024</t>
   </si>
   <si>
     <t>27/01/2020</t>
   </si>
@@ -2845,31 +2845,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/24/2025 01:01:46</dc:description>
+  <dc:description>Export en date du 02/23/2026 06:14:53</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>