--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -491,50 +491,56 @@
     <t>25/08/2029</t>
   </si>
   <si>
     <t>RNCP39186</t>
   </si>
   <si>
     <t>31/12/2025</t>
   </si>
   <si>
     <t>RNCP39534</t>
   </si>
   <si>
     <t>07/01/2027</t>
   </si>
   <si>
     <t>RNCP403</t>
   </si>
   <si>
     <t>23/03/2023</t>
   </si>
   <si>
     <t>RNCP4113</t>
   </si>
   <si>
     <t>29/12/2021</t>
+  </si>
+  <si>
+    <t>RNCP41366</t>
+  </si>
+  <si>
+    <t>04/11/2027</t>
   </si>
   <si>
     <t>RNCP4250</t>
   </si>
   <si>
     <t>20/10/2021</t>
   </si>
   <si>
     <t>RNCP5881</t>
   </si>
   <si>
     <t>RS5629</t>
   </si>
   <si>
     <t>Certificat de formation de conducteur ADR (habilitation)</t>
   </si>
   <si>
     <t>31/12/2026</t>
   </si>
   <si>
     <t>RS5631</t>
   </si>
   <si>
     <t>Certificat de formation de conducteur ADR - spécialisation citernes restreinte produits pétroliers (habilitation)</t>
   </si>
@@ -958,51 +964,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H69"/>
+  <dimension ref="A1:H70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -2272,339 +2278,362 @@
       </c>
       <c r="C56" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>158</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>159</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>160</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>161</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>126</v>
+        <v>91</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>10</v>
+        <v>162</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>163</v>
+        <v>126</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>164</v>
+        <v>10</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B60" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="C60" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="C60" s="2" t="s">
+      <c r="D60" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>166</v>
-      </c>
-[...7 lines deleted...]
-        <v>164</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>167</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>170</v>
+        <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>173</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>177</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>178</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>179</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>181</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>185</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>186</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F69" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="G69" s="2" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" s="1">
+        <v>82422814201478</v>
+      </c>
+      <c r="B70" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="G69" s="2" t="s">
+      <c r="C70" s="2" t="s">
         <v>188</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2617,31 +2646,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/25/2025 10:36:40</dc:description>
+  <dc:description>Export en date du 12/10/2025 17:29:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>