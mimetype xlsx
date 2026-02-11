--- v1 (2025-12-10)
+++ v2 (2026-02-11)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -497,50 +497,56 @@
     <t>31/12/2025</t>
   </si>
   <si>
     <t>RNCP39534</t>
   </si>
   <si>
     <t>07/01/2027</t>
   </si>
   <si>
     <t>RNCP403</t>
   </si>
   <si>
     <t>23/03/2023</t>
   </si>
   <si>
     <t>RNCP4113</t>
   </si>
   <si>
     <t>29/12/2021</t>
   </si>
   <si>
     <t>RNCP41366</t>
   </si>
   <si>
     <t>04/11/2027</t>
+  </si>
+  <si>
+    <t>RNCP41633</t>
+  </si>
+  <si>
+    <t>31/12/2030</t>
   </si>
   <si>
     <t>RNCP4250</t>
   </si>
   <si>
     <t>20/10/2021</t>
   </si>
   <si>
     <t>RNCP5881</t>
   </si>
   <si>
     <t>RS5629</t>
   </si>
   <si>
     <t>Certificat de formation de conducteur ADR (habilitation)</t>
   </si>
   <si>
     <t>31/12/2026</t>
   </si>
   <si>
     <t>RS5631</t>
   </si>
   <si>
     <t>Certificat de formation de conducteur ADR - spécialisation citernes restreinte produits pétroliers (habilitation)</t>
   </si>
@@ -964,51 +970,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H70"/>
+  <dimension ref="A1:H71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -2301,339 +2307,362 @@
       </c>
       <c r="C57" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>160</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>161</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>91</v>
+        <v>68</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>162</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>126</v>
+        <v>91</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>10</v>
+        <v>164</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>165</v>
+        <v>126</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>166</v>
+        <v>10</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B61" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="C61" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="C61" s="2" t="s">
+      <c r="D61" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>168</v>
-      </c>
-[...7 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>169</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>170</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>172</v>
+        <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>177</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>178</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>179</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>181</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>185</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>186</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1">
         <v>82422814201478</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>187</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>188</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F70" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" s="1">
+        <v>82422814201478</v>
+      </c>
+      <c r="B71" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="G70" s="2" t="s">
+      <c r="C71" s="2" t="s">
         <v>190</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F71" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="G71" s="2" t="s">
+        <v>192</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2646,31 +2675,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/10/2025 17:29:52</dc:description>
+  <dc:description>Export en date du 02/11/2026 12:28:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>