--- v0 (2025-10-16)
+++ v1 (2025-12-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -410,50 +410,56 @@
     <t>RNCP39063</t>
   </si>
   <si>
     <t>10/06/2029</t>
   </si>
   <si>
     <t>RNCP39178</t>
   </si>
   <si>
     <t>19/10/2029</t>
   </si>
   <si>
     <t>RNCP39186</t>
   </si>
   <si>
     <t>31/12/2025</t>
   </si>
   <si>
     <t>RNCP4113</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>29/12/2021</t>
+  </si>
+  <si>
+    <t>RNCP41366</t>
+  </si>
+  <si>
+    <t>04/11/2027</t>
   </si>
   <si>
     <t>RNCP4250</t>
   </si>
   <si>
     <t>20/10/2021</t>
   </si>
   <si>
     <t>RNCP4821</t>
   </si>
   <si>
     <t>TP Assistant(e) de vie aux familles</t>
   </si>
   <si>
     <t>05/07/2021</t>
   </si>
   <si>
     <t>RS5515</t>
   </si>
   <si>
     <t>Certification relative aux compétences de maître d'apprentissage / tuteur</t>
   </si>
   <si>
     <t>15/10/2026</t>
   </si>
@@ -961,51 +967,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H71"/>
+  <dimension ref="A1:H72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -2045,615 +2051,638 @@
       </c>
       <c r="C46" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>130</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>130</v>
+        <v>9</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>135</v>
+        <v>60</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>130</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B49" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="C49" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="C49" s="2" t="s">
+      <c r="D49" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="D49" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G49" s="2" t="s">
-        <v>140</v>
+        <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B50" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="C50" s="2" t="s">
+      <c r="G50" s="2" t="s">
         <v>142</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B51" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="C51" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="C51" s="2" t="s">
+      <c r="D51" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>145</v>
-      </c>
-[...7 lines deleted...]
-        <v>143</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>146</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>147</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>130</v>
+        <v>9</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>149</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>153</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>159</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>9</v>
+        <v>130</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>166</v>
+        <v>150</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B61" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="C61" s="2" t="s">
+      <c r="G61" s="2" t="s">
         <v>169</v>
-      </c>
-[...10 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>172</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>174</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>175</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>178</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>184</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>185</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>187</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" s="1">
+        <v>82422814200561</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F72" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="G72" s="2" t="s">
+        <v>169</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2666,31 +2695,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/16/2025 23:48:51</dc:description>
+  <dc:description>Export en date du 12/08/2025 02:48:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>