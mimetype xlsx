--- v1 (2025-12-08)
+++ v2 (2026-01-30)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -416,50 +416,56 @@
     <t>RNCP39178</t>
   </si>
   <si>
     <t>19/10/2029</t>
   </si>
   <si>
     <t>RNCP39186</t>
   </si>
   <si>
     <t>31/12/2025</t>
   </si>
   <si>
     <t>RNCP4113</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>29/12/2021</t>
   </si>
   <si>
     <t>RNCP41366</t>
   </si>
   <si>
     <t>04/11/2027</t>
+  </si>
+  <si>
+    <t>RNCP41633</t>
+  </si>
+  <si>
+    <t>31/12/2030</t>
   </si>
   <si>
     <t>RNCP4250</t>
   </si>
   <si>
     <t>20/10/2021</t>
   </si>
   <si>
     <t>RNCP4821</t>
   </si>
   <si>
     <t>TP Assistant(e) de vie aux familles</t>
   </si>
   <si>
     <t>05/07/2021</t>
   </si>
   <si>
     <t>RS5515</t>
   </si>
   <si>
     <t>Certification relative aux compétences de maître d'apprentissage / tuteur</t>
   </si>
   <si>
     <t>15/10/2026</t>
   </si>
@@ -967,51 +973,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H72"/>
+  <dimension ref="A1:H73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -2074,615 +2080,638 @@
       </c>
       <c r="C47" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>130</v>
+        <v>9</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>137</v>
+        <v>60</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>130</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B50" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="C50" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="C50" s="2" t="s">
+      <c r="D50" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="D50" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G50" s="2" t="s">
-        <v>142</v>
+        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B51" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="C51" s="2" t="s">
+      <c r="G51" s="2" t="s">
         <v>144</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B52" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="C52" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="C52" s="2" t="s">
+      <c r="D52" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>145</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>148</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>130</v>
+        <v>9</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>151</v>
+        <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>159</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>9</v>
+        <v>130</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>168</v>
+        <v>152</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>169</v>
+        <v>153</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B62" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="C62" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E62" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F62" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="C62" s="2" t="s">
+      <c r="G62" s="2" t="s">
         <v>171</v>
-      </c>
-[...10 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>172</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>174</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>175</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>178</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>184</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>185</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>187</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>190</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>191</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" s="1">
+        <v>82422814200561</v>
+      </c>
+      <c r="B73" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E73" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F73" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="G73" s="2" t="s">
+        <v>171</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2695,31 +2724,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/08/2025 02:48:46</dc:description>
+  <dc:description>Export en date du 01/30/2026 10:42:02</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>