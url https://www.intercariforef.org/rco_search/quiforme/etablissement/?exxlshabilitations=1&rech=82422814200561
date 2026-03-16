--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -422,50 +422,65 @@
     <t>RNCP39186</t>
   </si>
   <si>
     <t>31/12/2025</t>
   </si>
   <si>
     <t>RNCP4113</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>29/12/2021</t>
   </si>
   <si>
     <t>RNCP41366</t>
   </si>
   <si>
     <t>04/11/2027</t>
   </si>
   <si>
     <t>RNCP41633</t>
   </si>
   <si>
     <t>31/12/2030</t>
+  </si>
+  <si>
+    <t>RNCP41852</t>
+  </si>
+  <si>
+    <t>15/02/2029</t>
+  </si>
+  <si>
+    <t>RNCP41909</t>
+  </si>
+  <si>
+    <t>TP Plombier chauffagiste</t>
+  </si>
+  <si>
+    <t>02/03/2031</t>
   </si>
   <si>
     <t>RNCP4250</t>
   </si>
   <si>
     <t>20/10/2021</t>
   </si>
   <si>
     <t>RNCP4821</t>
   </si>
   <si>
     <t>TP Assistant(e) de vie aux familles</t>
   </si>
   <si>
     <t>05/07/2021</t>
   </si>
   <si>
     <t>RS5515</t>
   </si>
   <si>
     <t>Certification relative aux compétences de maître d'apprentissage / tuteur</t>
   </si>
   <si>
     <t>15/10/2026</t>
   </si>
@@ -973,51 +988,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H73"/>
+  <dimension ref="A1:H75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -2103,615 +2118,661 @@
       </c>
       <c r="C48" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>130</v>
+        <v>9</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>130</v>
+        <v>9</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>140</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C51" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="D51" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G51" s="2" t="s">
-        <v>144</v>
+        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B52" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>145</v>
-      </c>
-[...10 lines deleted...]
-        <v>147</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B53" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F53" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="C53" s="2" t="s">
+      <c r="G53" s="2" t="s">
         <v>149</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>130</v>
+        <v>9</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>152</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>153</v>
+        <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B55" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="C55" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="C55" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>130</v>
+        <v>9</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>152</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>153</v>
+        <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B56" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="C56" s="2" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>9</v>
+        <v>130</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>170</v>
+        <v>157</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B63" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="C63" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="C63" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>9</v>
+        <v>130</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>170</v>
+        <v>157</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B64" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C64" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="C64" s="2" t="s">
+      <c r="D64" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E64" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="D64" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G64" s="2" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B65" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E65" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="G65" s="2" t="s">
         <v>176</v>
-      </c>
-[...13 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1">
         <v>82422814200561</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>171</v>
+        <v>176</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" s="1">
+        <v>82422814200561</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E74" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F74" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="G74" s="2" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" s="1">
+        <v>82422814200561</v>
+      </c>
+      <c r="B75" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>176</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2724,31 +2785,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/30/2026 10:42:02</dc:description>
+  <dc:description>Export en date du 03/16/2026 13:16:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>