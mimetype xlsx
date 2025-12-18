--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="649">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="657">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -1495,50 +1495,62 @@
   <si>
     <t>TP Technicien informatique de proximité</t>
   </si>
   <si>
     <t>01/09/2030</t>
   </si>
   <si>
     <t>RNCP40800</t>
   </si>
   <si>
     <t>TP Secrétaire assistant médico-administratif</t>
   </si>
   <si>
     <t>RNCP41254</t>
   </si>
   <si>
     <t>28/10/2030</t>
   </si>
   <si>
     <t>RNCP41365</t>
   </si>
   <si>
     <t>04/10/2030</t>
   </si>
   <si>
+    <t>RNCP41366</t>
+  </si>
+  <si>
+    <t>04/11/2027</t>
+  </si>
+  <si>
+    <t>RNCP41537</t>
+  </si>
+  <si>
+    <t>07/12/2030</t>
+  </si>
+  <si>
     <t>RNCP4963</t>
   </si>
   <si>
     <t>TP Technicien(ne) supérieur(e) en gestion de production</t>
   </si>
   <si>
     <t>24/03/2022</t>
   </si>
   <si>
     <t>RNCP5863</t>
   </si>
   <si>
     <t>RNCP5881</t>
   </si>
   <si>
     <t>RNCP5919</t>
   </si>
   <si>
     <t>22/02/2023</t>
   </si>
   <si>
     <t>RNCP8889</t>
   </si>
   <si>
     <t>TP Serveur(se) en restauration</t>
@@ -1961,50 +1973,62 @@
     <t>18/12/2029</t>
   </si>
   <si>
     <t>RS7096</t>
   </si>
   <si>
     <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2338,51 +2362,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H260"/>
+  <dimension ref="A1:H263"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -6642,1742 +6666,1811 @@
       </c>
       <c r="C186" s="2" t="s">
         <v>220</v>
       </c>
       <c r="D186" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>492</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>493</v>
       </c>
       <c r="C187" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="D187" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E187" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F187" s="2" t="s">
         <v>494</v>
-      </c>
-[...7 lines deleted...]
-        <v>495</v>
       </c>
       <c r="G187" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B188" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="C188" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="D188" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E188" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F188" s="2" t="s">
         <v>496</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
       <c r="G188" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>497</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>349</v>
+        <v>498</v>
       </c>
       <c r="D189" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>362</v>
+        <v>337</v>
       </c>
       <c r="D190" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>499</v>
+        <v>11</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>501</v>
+        <v>349</v>
       </c>
       <c r="D191" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>502</v>
+        <v>11</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B192" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="C192" s="2" t="s">
+        <v>362</v>
+      </c>
+      <c r="D192" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E192" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F192" s="2" t="s">
         <v>503</v>
       </c>
-      <c r="C192" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G192" s="2" t="s">
-        <v>506</v>
+        <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="D193" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="G193" s="2" t="s">
-        <v>510</v>
+        <v>12</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="D194" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E194" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>509</v>
       </c>
       <c r="G194" s="2" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B195" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="C195" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="D195" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E195" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F195" s="2" t="s">
         <v>513</v>
       </c>
-      <c r="C195" s="2" t="s">
+      <c r="G195" s="2" t="s">
         <v>514</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B196" s="2" t="s">
+        <v>515</v>
+      </c>
+      <c r="C196" s="2" t="s">
         <v>516</v>
       </c>
-      <c r="C196" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D196" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="G196" s="2" t="s">
-        <v>12</v>
+        <v>514</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B197" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="C197" s="2" t="s">
         <v>518</v>
       </c>
-      <c r="C197" s="2" t="s">
+      <c r="D197" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E197" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F197" s="2" t="s">
         <v>519</v>
-      </c>
-[...7 lines deleted...]
-        <v>515</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>520</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>521</v>
       </c>
       <c r="D198" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E198" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>522</v>
       </c>
       <c r="C199" s="2" t="s">
         <v>523</v>
       </c>
       <c r="D199" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E199" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="G199" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>524</v>
       </c>
       <c r="C200" s="2" t="s">
         <v>525</v>
       </c>
       <c r="D200" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>526</v>
       </c>
       <c r="C201" s="2" t="s">
         <v>527</v>
       </c>
       <c r="D201" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>528</v>
+        <v>519</v>
       </c>
       <c r="G201" s="2" t="s">
-        <v>529</v>
+        <v>12</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="D202" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>528</v>
+        <v>519</v>
       </c>
       <c r="G202" s="2" t="s">
-        <v>529</v>
+        <v>12</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B203" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="C203" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="D203" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E203" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F203" s="2" t="s">
         <v>532</v>
       </c>
-      <c r="C203" s="2" t="s">
+      <c r="G203" s="2" t="s">
         <v>533</v>
-      </c>
-[...10 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>534</v>
       </c>
       <c r="C204" s="2" t="s">
         <v>535</v>
       </c>
       <c r="D204" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="G204" s="2" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>536</v>
       </c>
       <c r="C205" s="2" t="s">
         <v>537</v>
       </c>
       <c r="D205" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="G205" s="2" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>538</v>
       </c>
       <c r="C206" s="2" t="s">
         <v>539</v>
       </c>
       <c r="D206" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="G206" s="2" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>540</v>
       </c>
       <c r="C207" s="2" t="s">
         <v>541</v>
       </c>
       <c r="D207" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="G207" s="2" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>542</v>
       </c>
       <c r="C208" s="2" t="s">
         <v>543</v>
       </c>
       <c r="D208" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="G208" s="2" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>544</v>
       </c>
       <c r="C209" s="2" t="s">
         <v>545</v>
       </c>
       <c r="D209" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>546</v>
+        <v>532</v>
       </c>
       <c r="G209" s="2" t="s">
-        <v>547</v>
+        <v>533</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="D210" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>546</v>
+        <v>532</v>
       </c>
       <c r="G210" s="2" t="s">
-        <v>547</v>
+        <v>533</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B211" s="2" t="s">
+        <v>548</v>
+      </c>
+      <c r="C211" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="D211" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E211" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F211" s="2" t="s">
         <v>550</v>
       </c>
-      <c r="C211" s="2" t="s">
+      <c r="G211" s="2" t="s">
         <v>551</v>
-      </c>
-[...10 lines deleted...]
-        <v>547</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>552</v>
       </c>
       <c r="C212" s="2" t="s">
         <v>553</v>
       </c>
       <c r="D212" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>554</v>
       </c>
       <c r="C213" s="2" t="s">
         <v>555</v>
       </c>
       <c r="D213" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>556</v>
       </c>
       <c r="C214" s="2" t="s">
         <v>557</v>
       </c>
       <c r="D214" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="G214" s="2" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>558</v>
       </c>
       <c r="C215" s="2" t="s">
         <v>559</v>
       </c>
       <c r="D215" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="G215" s="2" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>560</v>
       </c>
       <c r="C216" s="2" t="s">
         <v>561</v>
       </c>
       <c r="D216" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="G216" s="2" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>562</v>
       </c>
       <c r="C217" s="2" t="s">
         <v>563</v>
       </c>
       <c r="D217" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="G217" s="2" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>564</v>
       </c>
       <c r="C218" s="2" t="s">
         <v>565</v>
       </c>
       <c r="D218" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="G218" s="2" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>566</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>567</v>
       </c>
       <c r="D219" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="G219" s="2" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>568</v>
       </c>
       <c r="C220" s="2" t="s">
         <v>569</v>
       </c>
       <c r="D220" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="G220" s="2" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>570</v>
       </c>
       <c r="C221" s="2" t="s">
         <v>571</v>
       </c>
       <c r="D221" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="G221" s="2" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>572</v>
       </c>
       <c r="C222" s="2" t="s">
         <v>573</v>
       </c>
       <c r="D222" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>574</v>
+        <v>550</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>12</v>
+        <v>551</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B223" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="C223" s="2" t="s">
         <v>575</v>
       </c>
-      <c r="C223" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D223" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>574</v>
+        <v>550</v>
       </c>
       <c r="G223" s="2" t="s">
-        <v>12</v>
+        <v>551</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B224" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="C224" s="2" t="s">
         <v>577</v>
       </c>
-      <c r="C224" s="2" t="s">
+      <c r="D224" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E224" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F224" s="2" t="s">
         <v>578</v>
-      </c>
-[...7 lines deleted...]
-        <v>574</v>
       </c>
       <c r="G224" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>579</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>580</v>
       </c>
       <c r="D225" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>581</v>
       </c>
       <c r="C226" s="2" t="s">
         <v>582</v>
       </c>
       <c r="D226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>584</v>
+        <v>12</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="D227" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>587</v>
+        <v>578</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>588</v>
+        <v>12</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="D228" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>587</v>
       </c>
       <c r="G228" s="2" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B229" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="C229" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="D229" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E229" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F229" s="2" t="s">
         <v>591</v>
       </c>
-      <c r="C229" s="2" t="s">
+      <c r="G229" s="2" t="s">
         <v>592</v>
-      </c>
-[...10 lines deleted...]
-        <v>588</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>593</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>594</v>
       </c>
       <c r="D230" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="G230" s="2" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>595</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>545</v>
+        <v>596</v>
       </c>
       <c r="D231" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="G231" s="2" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>549</v>
+        <v>598</v>
       </c>
       <c r="D232" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="G232" s="2" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>567</v>
+        <v>549</v>
       </c>
       <c r="D233" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>563</v>
+        <v>553</v>
       </c>
       <c r="D234" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="G234" s="2" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D235" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="G235" s="2" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>551</v>
+        <v>567</v>
       </c>
       <c r="D236" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>553</v>
+        <v>573</v>
       </c>
       <c r="D237" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>561</v>
+        <v>555</v>
       </c>
       <c r="D238" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="G238" s="2" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="D239" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="G239" s="2" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="D240" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="G240" s="2" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B241" s="2" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>557</v>
+        <v>569</v>
       </c>
       <c r="D241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>573</v>
+        <v>559</v>
       </c>
       <c r="D242" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>458</v>
+        <v>591</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>12</v>
+        <v>592</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>578</v>
+        <v>561</v>
       </c>
       <c r="D243" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>458</v>
+        <v>591</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>12</v>
+        <v>592</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D244" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>458</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="D245" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>458</v>
       </c>
       <c r="G245" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>611</v>
+        <v>580</v>
       </c>
       <c r="D246" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>612</v>
+        <v>458</v>
       </c>
       <c r="G246" s="2" t="s">
-        <v>613</v>
+        <v>12</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>615</v>
+        <v>584</v>
       </c>
       <c r="D247" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>616</v>
+        <v>458</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>617</v>
+        <v>12</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="D248" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>616</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B249" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="C249" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="D249" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E249" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F249" s="2" t="s">
         <v>620</v>
       </c>
-      <c r="C249" s="2" t="s">
+      <c r="G249" s="2" t="s">
         <v>621</v>
-      </c>
-[...10 lines deleted...]
-        <v>617</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>622</v>
       </c>
       <c r="C250" s="2" t="s">
         <v>623</v>
       </c>
       <c r="D250" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="G250" s="2" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>624</v>
       </c>
       <c r="C251" s="2" t="s">
         <v>625</v>
       </c>
       <c r="D251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="G251" s="2" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>626</v>
       </c>
       <c r="C252" s="2" t="s">
         <v>627</v>
       </c>
       <c r="D252" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="G252" s="2" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>628</v>
       </c>
       <c r="C253" s="2" t="s">
         <v>629</v>
       </c>
       <c r="D253" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="G253" s="2" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>630</v>
       </c>
       <c r="C254" s="2" t="s">
         <v>631</v>
       </c>
       <c r="D254" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="G254" s="2" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>632</v>
       </c>
       <c r="C255" s="2" t="s">
         <v>633</v>
       </c>
       <c r="D255" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="G255" s="2" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>634</v>
       </c>
       <c r="C256" s="2" t="s">
         <v>635</v>
       </c>
       <c r="D256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="G256" s="2" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>636</v>
       </c>
       <c r="C257" s="2" t="s">
         <v>637</v>
       </c>
       <c r="D257" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="G257" s="2" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>638</v>
       </c>
       <c r="C258" s="2" t="s">
         <v>639</v>
       </c>
       <c r="D258" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>640</v>
+        <v>620</v>
       </c>
       <c r="G258" s="2" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B259" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="C259" s="2" t="s">
         <v>641</v>
       </c>
-      <c r="C259" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D259" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E259" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>643</v>
+        <v>620</v>
       </c>
       <c r="G259" s="2" t="s">
-        <v>644</v>
+        <v>621</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B260" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="C260" s="2" t="s">
+        <v>643</v>
+      </c>
+      <c r="D260" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E260" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F260" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="G260" s="2" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" s="1">
+        <v>82409268800228</v>
+      </c>
+      <c r="B261" s="2" t="s">
         <v>645</v>
       </c>
-      <c r="C260" s="2" t="s">
+      <c r="C261" s="2" t="s">
         <v>646</v>
       </c>
-      <c r="D260" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F260" s="2" t="s">
+      <c r="D261" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E261" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F261" s="2" t="s">
         <v>647</v>
       </c>
-      <c r="G260" s="2" t="s">
+      <c r="G261" s="2" t="s">
         <v>648</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" s="1">
+        <v>82409268800228</v>
+      </c>
+      <c r="B262" s="2" t="s">
+        <v>649</v>
+      </c>
+      <c r="C262" s="2" t="s">
+        <v>650</v>
+      </c>
+      <c r="D262" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E262" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F262" s="2" t="s">
+        <v>651</v>
+      </c>
+      <c r="G262" s="2" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" s="1">
+        <v>82409268800228</v>
+      </c>
+      <c r="B263" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="C263" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="D263" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E263" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F263" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="G263" s="2" t="s">
+        <v>656</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -8390,31 +8483,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/03/2025 01:08:26</dc:description>
+  <dc:description>Export en date du 12/18/2025 06:08:51</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>