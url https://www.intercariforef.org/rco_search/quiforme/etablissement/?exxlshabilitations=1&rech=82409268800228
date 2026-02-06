--- v1 (2025-12-18)
+++ v2 (2026-02-06)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="657">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="667">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -1483,74 +1483,101 @@
   <si>
     <t>28/07/2030</t>
   </si>
   <si>
     <t>RNCP40699</t>
   </si>
   <si>
     <t>19/05/2030</t>
   </si>
   <si>
     <t>RNCP40799</t>
   </si>
   <si>
     <t>TP Technicien informatique de proximité</t>
   </si>
   <si>
     <t>01/09/2030</t>
   </si>
   <si>
     <t>RNCP40800</t>
   </si>
   <si>
     <t>TP Secrétaire assistant médico-administratif</t>
   </si>
   <si>
+    <t>RNCP41239</t>
+  </si>
+  <si>
+    <t>TP Chargé d'accueil et de gestion administrative</t>
+  </si>
+  <si>
+    <t>30/09/2030</t>
+  </si>
+  <si>
     <t>RNCP41254</t>
   </si>
   <si>
     <t>28/10/2030</t>
   </si>
   <si>
     <t>RNCP41365</t>
   </si>
   <si>
     <t>04/10/2030</t>
   </si>
   <si>
     <t>RNCP41366</t>
   </si>
   <si>
     <t>04/11/2027</t>
   </si>
   <si>
+    <t>RNCP41536</t>
+  </si>
+  <si>
+    <t>08/01/2031</t>
+  </si>
+  <si>
     <t>RNCP41537</t>
   </si>
   <si>
     <t>07/12/2030</t>
   </si>
   <si>
+    <t>RNCP41538</t>
+  </si>
+  <si>
+    <t>21/01/2027</t>
+  </si>
+  <si>
+    <t>RNCP41633</t>
+  </si>
+  <si>
+    <t>31/12/2030</t>
+  </si>
+  <si>
     <t>RNCP4963</t>
   </si>
   <si>
     <t>TP Technicien(ne) supérieur(e) en gestion de production</t>
   </si>
   <si>
     <t>24/03/2022</t>
   </si>
   <si>
     <t>RNCP5863</t>
   </si>
   <si>
     <t>RNCP5881</t>
   </si>
   <si>
     <t>RNCP5919</t>
   </si>
   <si>
     <t>22/02/2023</t>
   </si>
   <si>
     <t>RNCP8889</t>
   </si>
   <si>
     <t>TP Serveur(se) en restauration</t>
@@ -1847,50 +1874,53 @@
     <t>RS6201</t>
   </si>
   <si>
     <t>RS6202</t>
   </si>
   <si>
     <t>RS6203</t>
   </si>
   <si>
     <t>RS6204</t>
   </si>
   <si>
     <t>RS6205</t>
   </si>
   <si>
     <t>RS6206</t>
   </si>
   <si>
     <t>RS6207</t>
   </si>
   <si>
     <t>RS6208</t>
   </si>
   <si>
     <t>RS6417</t>
+  </si>
+  <si>
+    <t>31/12/2027</t>
   </si>
   <si>
     <t>RS6418</t>
   </si>
   <si>
     <t>RS6419</t>
   </si>
   <si>
     <t>RS6420</t>
   </si>
   <si>
     <t>RS6893</t>
   </si>
   <si>
     <t>DigComp (Tosa)</t>
   </si>
   <si>
     <t>28/11/2027</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
   <si>
     <t>RS6955</t>
   </si>
@@ -2362,51 +2392,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H263"/>
+  <dimension ref="A1:H267"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -6445,51 +6475,51 @@
       </c>
       <c r="F176" s="2" t="s">
         <v>471</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>472</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>188</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>333</v>
+        <v>295</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>473</v>
       </c>
       <c r="C178" s="2" t="s">
         <v>356</v>
       </c>
       <c r="D178" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>474</v>
       </c>
       <c r="G178" s="2" t="s">
@@ -6620,1857 +6650,1949 @@
       </c>
       <c r="C184" s="2" t="s">
         <v>488</v>
       </c>
       <c r="D184" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>486</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>489</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>226</v>
+        <v>490</v>
       </c>
       <c r="D185" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="G185" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="D186" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="G186" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="D187" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="G187" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="D188" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="G188" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>498</v>
+        <v>235</v>
       </c>
       <c r="D189" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>499</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>500</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>337</v>
+        <v>229</v>
       </c>
       <c r="D190" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>11</v>
+        <v>501</v>
       </c>
       <c r="G190" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>349</v>
+        <v>238</v>
       </c>
       <c r="D191" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>11</v>
+        <v>503</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>362</v>
+        <v>162</v>
       </c>
       <c r="D192" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D193" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>508</v>
+        <v>337</v>
       </c>
       <c r="D194" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E194" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>509</v>
+        <v>11</v>
       </c>
       <c r="G194" s="2" t="s">
-        <v>510</v>
+        <v>12</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>512</v>
+        <v>349</v>
       </c>
       <c r="D195" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>513</v>
+        <v>11</v>
       </c>
       <c r="G195" s="2" t="s">
-        <v>514</v>
+        <v>12</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>516</v>
+        <v>362</v>
       </c>
       <c r="D196" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="G196" s="2" t="s">
-        <v>514</v>
+        <v>12</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="D197" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E197" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="D198" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F198" s="2" t="s">
+        <v>518</v>
+      </c>
+      <c r="G198" s="2" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B199" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="C199" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="D199" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E199" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F199" s="2" t="s">
         <v>522</v>
       </c>
-      <c r="C199" s="2" t="s">
+      <c r="G199" s="2" t="s">
         <v>523</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>524</v>
       </c>
       <c r="C200" s="2" t="s">
         <v>525</v>
       </c>
       <c r="D200" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="G200" s="2" t="s">
-        <v>12</v>
+        <v>523</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>526</v>
       </c>
       <c r="C201" s="2" t="s">
         <v>527</v>
       </c>
       <c r="D201" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E201" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B202" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="C202" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="D202" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E202" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F202" s="2" t="s">
         <v>528</v>
-      </c>
-[...10 lines deleted...]
-        <v>519</v>
       </c>
       <c r="G202" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D203" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="G203" s="2" t="s">
-        <v>533</v>
+        <v>12</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B204" s="2" t="s">
+        <v>533</v>
+      </c>
+      <c r="C204" s="2" t="s">
         <v>534</v>
       </c>
-      <c r="C204" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D204" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="G204" s="2" t="s">
-        <v>533</v>
+        <v>12</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B205" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="C205" s="2" t="s">
         <v>536</v>
       </c>
-      <c r="C205" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D205" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="G205" s="2" t="s">
-        <v>533</v>
+        <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B206" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="C206" s="2" t="s">
         <v>538</v>
       </c>
-      <c r="C206" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D206" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="G206" s="2" t="s">
-        <v>533</v>
+        <v>12</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B207" s="2" t="s">
+        <v>539</v>
+      </c>
+      <c r="C207" s="2" t="s">
         <v>540</v>
       </c>
-      <c r="C207" s="2" t="s">
+      <c r="D207" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E207" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F207" s="2" t="s">
         <v>541</v>
       </c>
-      <c r="D207" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G207" s="2" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B208" s="2" t="s">
+        <v>543</v>
+      </c>
+      <c r="C208" s="2" t="s">
+        <v>544</v>
+      </c>
+      <c r="D208" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E208" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F208" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="G208" s="2" t="s">
         <v>542</v>
-      </c>
-[...13 lines deleted...]
-        <v>533</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D209" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>532</v>
+        <v>541</v>
       </c>
       <c r="G209" s="2" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D210" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>532</v>
+        <v>541</v>
       </c>
       <c r="G210" s="2" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D211" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>550</v>
+        <v>541</v>
       </c>
       <c r="G211" s="2" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B212" s="2" t="s">
+        <v>551</v>
+      </c>
+      <c r="C212" s="2" t="s">
         <v>552</v>
       </c>
-      <c r="C212" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D212" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E212" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>550</v>
+        <v>541</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B213" s="2" t="s">
+        <v>553</v>
+      </c>
+      <c r="C213" s="2" t="s">
         <v>554</v>
       </c>
-      <c r="C213" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D213" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>550</v>
+        <v>541</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B214" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="C214" s="2" t="s">
         <v>556</v>
       </c>
-      <c r="C214" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D214" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>550</v>
+        <v>541</v>
       </c>
       <c r="G214" s="2" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B215" s="2" t="s">
+        <v>557</v>
+      </c>
+      <c r="C215" s="2" t="s">
         <v>558</v>
       </c>
-      <c r="C215" s="2" t="s">
+      <c r="D215" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E215" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F215" s="2" t="s">
         <v>559</v>
       </c>
-      <c r="D215" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G215" s="2" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B216" s="2" t="s">
+        <v>561</v>
+      </c>
+      <c r="C216" s="2" t="s">
+        <v>562</v>
+      </c>
+      <c r="D216" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E216" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F216" s="2" t="s">
+        <v>559</v>
+      </c>
+      <c r="G216" s="2" t="s">
         <v>560</v>
-      </c>
-[...13 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D217" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="G217" s="2" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D218" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="G218" s="2" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D219" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="G219" s="2" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D220" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="G220" s="2" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D221" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="G221" s="2" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D222" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D223" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="G223" s="2" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D224" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>578</v>
+        <v>559</v>
       </c>
       <c r="G224" s="2" t="s">
-        <v>12</v>
+        <v>560</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>579</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>580</v>
       </c>
       <c r="D225" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>578</v>
+        <v>559</v>
       </c>
       <c r="G225" s="2" t="s">
-        <v>12</v>
+        <v>560</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>581</v>
       </c>
       <c r="C226" s="2" t="s">
         <v>582</v>
       </c>
       <c r="D226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>578</v>
+        <v>559</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>12</v>
+        <v>560</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>583</v>
       </c>
       <c r="C227" s="2" t="s">
         <v>584</v>
       </c>
       <c r="D227" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>578</v>
+        <v>559</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>12</v>
+        <v>560</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>585</v>
       </c>
       <c r="C228" s="2" t="s">
         <v>586</v>
       </c>
       <c r="D228" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>587</v>
       </c>
       <c r="G228" s="2" t="s">
-        <v>588</v>
+        <v>12</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B229" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="C229" s="2" t="s">
         <v>589</v>
       </c>
-      <c r="C229" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D229" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="G229" s="2" t="s">
-        <v>592</v>
+        <v>12</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="D230" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="G230" s="2" t="s">
-        <v>592</v>
+        <v>12</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="D231" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="G231" s="2" t="s">
-        <v>592</v>
+        <v>12</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B232" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="C232" s="2" t="s">
+        <v>595</v>
+      </c>
+      <c r="D232" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E232" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F232" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="G232" s="2" t="s">
         <v>597</v>
-      </c>
-[...13 lines deleted...]
-        <v>592</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B233" s="2" t="s">
+        <v>598</v>
+      </c>
+      <c r="C233" s="2" t="s">
         <v>599</v>
       </c>
-      <c r="C233" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D233" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B234" s="2" t="s">
+        <v>602</v>
+      </c>
+      <c r="C234" s="2" t="s">
+        <v>603</v>
+      </c>
+      <c r="D234" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E234" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F234" s="2" t="s">
         <v>600</v>
       </c>
-      <c r="C234" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G234" s="2" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B235" s="2" t="s">
+        <v>604</v>
+      </c>
+      <c r="C235" s="2" t="s">
+        <v>605</v>
+      </c>
+      <c r="D235" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E235" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F235" s="2" t="s">
+        <v>600</v>
+      </c>
+      <c r="G235" s="2" t="s">
         <v>601</v>
-      </c>
-[...13 lines deleted...]
-        <v>592</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>567</v>
+        <v>607</v>
       </c>
       <c r="D236" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>573</v>
+        <v>558</v>
       </c>
       <c r="D237" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
       <c r="D238" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="G238" s="2" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>557</v>
+        <v>580</v>
       </c>
       <c r="D239" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="G239" s="2" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>565</v>
+        <v>576</v>
       </c>
       <c r="D240" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="G240" s="2" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B241" s="2" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>569</v>
+        <v>582</v>
       </c>
       <c r="D241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="D242" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="D243" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>591</v>
+        <v>600</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="D244" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>458</v>
+        <v>600</v>
       </c>
       <c r="G244" s="2" t="s">
-        <v>12</v>
+        <v>601</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
       <c r="D245" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>458</v>
+        <v>600</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>12</v>
+        <v>601</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>580</v>
+        <v>568</v>
       </c>
       <c r="D246" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>458</v>
+        <v>600</v>
       </c>
       <c r="G246" s="2" t="s">
-        <v>12</v>
+        <v>601</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>584</v>
+        <v>570</v>
       </c>
       <c r="D247" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>458</v>
+        <v>600</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>12</v>
+        <v>601</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>615</v>
+        <v>586</v>
       </c>
       <c r="D248" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="G248" s="2" t="s">
-        <v>617</v>
+        <v>12</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>619</v>
+        <v>591</v>
       </c>
       <c r="D249" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>620</v>
       </c>
       <c r="G249" s="2" t="s">
-        <v>621</v>
+        <v>12</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>622</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>623</v>
+        <v>589</v>
       </c>
       <c r="D250" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>620</v>
       </c>
       <c r="G250" s="2" t="s">
-        <v>621</v>
+        <v>12</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>625</v>
+        <v>593</v>
       </c>
       <c r="D251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>620</v>
       </c>
       <c r="G251" s="2" t="s">
-        <v>621</v>
+        <v>12</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B252" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="C252" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="D252" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E252" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F252" s="2" t="s">
         <v>626</v>
       </c>
-      <c r="C252" s="2" t="s">
+      <c r="G252" s="2" t="s">
         <v>627</v>
-      </c>
-[...10 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>628</v>
       </c>
       <c r="C253" s="2" t="s">
         <v>629</v>
       </c>
       <c r="D253" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="G253" s="2" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B254" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="C254" s="2" t="s">
+        <v>633</v>
+      </c>
+      <c r="D254" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E254" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F254" s="2" t="s">
         <v>630</v>
       </c>
-      <c r="C254" s="2" t="s">
+      <c r="G254" s="2" t="s">
         <v>631</v>
-      </c>
-[...10 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="D255" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="G255" s="2" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B256" s="2" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="D256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="G256" s="2" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="D257" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="G257" s="2" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B258" s="2" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="D258" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="G258" s="2" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="D259" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E259" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="G259" s="2" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B260" s="2" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="D260" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E260" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>644</v>
+        <v>630</v>
       </c>
       <c r="G260" s="2" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D261" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E261" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>647</v>
+        <v>630</v>
       </c>
       <c r="G261" s="2" t="s">
-        <v>648</v>
+        <v>631</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B262" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="C262" s="2" t="s">
         <v>649</v>
       </c>
-      <c r="C262" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D262" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>651</v>
+        <v>630</v>
       </c>
       <c r="G262" s="2" t="s">
-        <v>652</v>
+        <v>631</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B263" s="2" t="s">
+        <v>650</v>
+      </c>
+      <c r="C263" s="2" t="s">
+        <v>651</v>
+      </c>
+      <c r="D263" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E263" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F263" s="2" t="s">
+        <v>630</v>
+      </c>
+      <c r="G263" s="2" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" s="1">
+        <v>82409268800228</v>
+      </c>
+      <c r="B264" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="C264" s="2" t="s">
         <v>653</v>
       </c>
-      <c r="C263" s="2" t="s">
+      <c r="D264" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E264" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F264" s="2" t="s">
         <v>654</v>
       </c>
-      <c r="D263" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F263" s="2" t="s">
+      <c r="G264" s="2" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" s="1">
+        <v>82409268800228</v>
+      </c>
+      <c r="B265" s="2" t="s">
         <v>655</v>
       </c>
-      <c r="G263" s="2" t="s">
+      <c r="C265" s="2" t="s">
         <v>656</v>
+      </c>
+      <c r="D265" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E265" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F265" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="G265" s="2" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" s="1">
+        <v>82409268800228</v>
+      </c>
+      <c r="B266" s="2" t="s">
+        <v>659</v>
+      </c>
+      <c r="C266" s="2" t="s">
+        <v>660</v>
+      </c>
+      <c r="D266" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E266" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F266" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="G266" s="2" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" s="1">
+        <v>82409268800228</v>
+      </c>
+      <c r="B267" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="C267" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="D267" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E267" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F267" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="G267" s="2" t="s">
+        <v>666</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -8483,31 +8605,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/18/2025 06:08:51</dc:description>
+  <dc:description>Export en date du 02/06/2026 18:39:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>