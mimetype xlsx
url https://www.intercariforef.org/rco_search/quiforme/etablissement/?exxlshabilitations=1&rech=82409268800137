--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="882">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="890">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -2119,56 +2119,68 @@
   <si>
     <t>12/07/2030</t>
   </si>
   <si>
     <t>RNCP41239</t>
   </si>
   <si>
     <t>TP Chargé d'accueil et de gestion administrative</t>
   </si>
   <si>
     <t>30/09/2030</t>
   </si>
   <si>
     <t>RNCP41254</t>
   </si>
   <si>
     <t>28/10/2030</t>
   </si>
   <si>
     <t>RNCP41365</t>
   </si>
   <si>
     <t>04/10/2030</t>
   </si>
   <si>
+    <t>RNCP41366</t>
+  </si>
+  <si>
+    <t>04/11/2027</t>
+  </si>
+  <si>
     <t>RNCP41370</t>
   </si>
   <si>
     <t>TP Développeur intégrateur en informatique industrielle</t>
   </si>
   <si>
+    <t>RNCP41531</t>
+  </si>
+  <si>
+    <t>28/12/2030</t>
+  </si>
+  <si>
     <t>RNCP4963</t>
   </si>
   <si>
     <t>TP Technicien(ne) supérieur(e) en gestion de production</t>
   </si>
   <si>
     <t>24/03/2022</t>
   </si>
   <si>
     <t>RNCP5863</t>
   </si>
   <si>
     <t>RNCP5881</t>
   </si>
   <si>
     <t>RNCP5922</t>
   </si>
   <si>
     <t>TP Menuisier aluminium</t>
   </si>
   <si>
     <t>RNCP8889</t>
   </si>
   <si>
     <t>TP Serveur(se) en restauration</t>
@@ -2660,50 +2672,62 @@
     <t>18/12/2029</t>
   </si>
   <si>
     <t>RS7096</t>
   </si>
   <si>
     <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -3037,51 +3061,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H357"/>
+  <dimension ref="A1:H360"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -9342,1972 +9366,2041 @@
       </c>
       <c r="C273" s="2" t="s">
         <v>294</v>
       </c>
       <c r="D273" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>700</v>
       </c>
       <c r="G273" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>701</v>
       </c>
       <c r="C274" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="D274" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E274" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F274" s="2" t="s">
         <v>702</v>
-      </c>
-[...7 lines deleted...]
-        <v>671</v>
       </c>
       <c r="G274" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>703</v>
       </c>
       <c r="C275" s="2" t="s">
         <v>704</v>
       </c>
       <c r="D275" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>705</v>
+        <v>671</v>
       </c>
       <c r="G275" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B276" s="2" t="s">
+        <v>705</v>
+      </c>
+      <c r="C276" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="D276" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E276" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F276" s="2" t="s">
         <v>706</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
       <c r="G276" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>707</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>469</v>
+        <v>708</v>
       </c>
       <c r="D277" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>11</v>
+        <v>709</v>
       </c>
       <c r="G277" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B278" s="2" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>709</v>
+        <v>458</v>
       </c>
       <c r="D278" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>101</v>
+        <v>11</v>
       </c>
       <c r="G278" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>711</v>
+        <v>469</v>
       </c>
       <c r="D279" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>712</v>
+        <v>11</v>
       </c>
       <c r="G279" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B280" s="2" t="s">
+        <v>712</v>
+      </c>
+      <c r="C280" s="2" t="s">
         <v>713</v>
       </c>
-      <c r="C280" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D280" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E280" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>715</v>
+        <v>101</v>
       </c>
       <c r="G280" s="2" t="s">
-        <v>716</v>
+        <v>12</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D281" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E281" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="G281" s="2" t="s">
-        <v>716</v>
+        <v>12</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B282" s="2" t="s">
+        <v>717</v>
+      </c>
+      <c r="C282" s="2" t="s">
+        <v>718</v>
+      </c>
+      <c r="D282" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E282" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F282" s="2" t="s">
         <v>719</v>
       </c>
-      <c r="C282" s="2" t="s">
+      <c r="G282" s="2" t="s">
         <v>720</v>
-      </c>
-[...10 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>721</v>
       </c>
       <c r="C283" s="2" t="s">
         <v>722</v>
       </c>
       <c r="D283" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E283" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="G283" s="2" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>723</v>
       </c>
       <c r="C284" s="2" t="s">
         <v>724</v>
       </c>
       <c r="D284" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>725</v>
+        <v>719</v>
       </c>
       <c r="G284" s="2" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B285" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="C285" s="2" t="s">
         <v>726</v>
       </c>
-      <c r="C285" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D285" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>728</v>
+        <v>719</v>
       </c>
       <c r="G285" s="2" t="s">
-        <v>729</v>
+        <v>720</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="D286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="G286" s="2" t="s">
-        <v>729</v>
+        <v>720</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B287" s="2" t="s">
+        <v>730</v>
+      </c>
+      <c r="C287" s="2" t="s">
+        <v>731</v>
+      </c>
+      <c r="D287" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E287" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F287" s="2" t="s">
         <v>732</v>
       </c>
-      <c r="C287" s="2" t="s">
+      <c r="G287" s="2" t="s">
         <v>733</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B288" s="2" t="s">
+        <v>734</v>
+      </c>
+      <c r="C288" s="2" t="s">
         <v>735</v>
       </c>
-      <c r="C288" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D288" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="G288" s="2" t="s">
-        <v>12</v>
+        <v>733</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B289" s="2" t="s">
+        <v>736</v>
+      </c>
+      <c r="C289" s="2" t="s">
         <v>737</v>
       </c>
-      <c r="C289" s="2" t="s">
+      <c r="D289" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E289" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F289" s="2" t="s">
         <v>738</v>
-      </c>
-[...7 lines deleted...]
-        <v>734</v>
       </c>
       <c r="G289" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>739</v>
       </c>
       <c r="C290" s="2" t="s">
         <v>740</v>
       </c>
       <c r="D290" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="G290" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>741</v>
       </c>
       <c r="C291" s="2" t="s">
         <v>742</v>
       </c>
       <c r="D291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="G291" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>743</v>
       </c>
       <c r="C292" s="2" t="s">
         <v>744</v>
       </c>
       <c r="D292" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="G292" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>745</v>
       </c>
       <c r="C293" s="2" t="s">
         <v>746</v>
       </c>
       <c r="D293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E293" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>747</v>
+        <v>738</v>
       </c>
       <c r="G293" s="2" t="s">
-        <v>748</v>
+        <v>12</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="D294" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>747</v>
+        <v>738</v>
       </c>
       <c r="G294" s="2" t="s">
-        <v>748</v>
+        <v>12</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B295" s="2" t="s">
+        <v>749</v>
+      </c>
+      <c r="C295" s="2" t="s">
+        <v>750</v>
+      </c>
+      <c r="D295" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E295" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F295" s="2" t="s">
         <v>751</v>
       </c>
-      <c r="C295" s="2" t="s">
+      <c r="G295" s="2" t="s">
         <v>752</v>
-      </c>
-[...10 lines deleted...]
-        <v>748</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>753</v>
       </c>
       <c r="C296" s="2" t="s">
         <v>754</v>
       </c>
       <c r="D296" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="G296" s="2" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>755</v>
       </c>
       <c r="C297" s="2" t="s">
         <v>756</v>
       </c>
       <c r="D297" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="G297" s="2" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>757</v>
       </c>
       <c r="C298" s="2" t="s">
         <v>758</v>
       </c>
       <c r="D298" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="G298" s="2" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>759</v>
       </c>
       <c r="C299" s="2" t="s">
         <v>760</v>
       </c>
       <c r="D299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="G299" s="2" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>761</v>
       </c>
       <c r="C300" s="2" t="s">
         <v>762</v>
       </c>
       <c r="D300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="G300" s="2" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>763</v>
       </c>
       <c r="C301" s="2" t="s">
         <v>764</v>
       </c>
       <c r="D301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E301" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>734</v>
+        <v>751</v>
       </c>
       <c r="G301" s="2" t="s">
-        <v>12</v>
+        <v>752</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>765</v>
       </c>
       <c r="C302" s="2" t="s">
         <v>766</v>
       </c>
       <c r="D302" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E302" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>734</v>
+        <v>751</v>
       </c>
       <c r="G302" s="2" t="s">
-        <v>12</v>
+        <v>752</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>767</v>
       </c>
       <c r="C303" s="2" t="s">
         <v>768</v>
       </c>
       <c r="D303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>769</v>
+        <v>738</v>
       </c>
       <c r="G303" s="2" t="s">
-        <v>770</v>
+        <v>12</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="D304" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>773</v>
+        <v>738</v>
       </c>
       <c r="G304" s="2" t="s">
-        <v>770</v>
+        <v>12</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B305" s="2" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="D305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>773</v>
       </c>
       <c r="G305" s="2" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B306" s="2" t="s">
+        <v>775</v>
+      </c>
+      <c r="C306" s="2" t="s">
         <v>776</v>
       </c>
-      <c r="C306" s="2" t="s">
+      <c r="D306" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E306" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F306" s="2" t="s">
         <v>777</v>
       </c>
-      <c r="D306" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G306" s="2" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>778</v>
       </c>
       <c r="C307" s="2" t="s">
         <v>779</v>
       </c>
       <c r="D307" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E307" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="G307" s="2" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>780</v>
       </c>
       <c r="C308" s="2" t="s">
         <v>781</v>
       </c>
       <c r="D308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="G308" s="2" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>782</v>
       </c>
       <c r="C309" s="2" t="s">
         <v>783</v>
       </c>
       <c r="D309" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="G309" s="2" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>784</v>
       </c>
       <c r="C310" s="2" t="s">
         <v>785</v>
       </c>
       <c r="D310" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="G310" s="2" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>786</v>
       </c>
       <c r="C311" s="2" t="s">
         <v>787</v>
       </c>
       <c r="D311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="G311" s="2" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>788</v>
       </c>
       <c r="C312" s="2" t="s">
         <v>789</v>
       </c>
       <c r="D312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="G312" s="2" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>790</v>
       </c>
       <c r="C313" s="2" t="s">
         <v>791</v>
       </c>
       <c r="D313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="G313" s="2" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>792</v>
       </c>
       <c r="C314" s="2" t="s">
         <v>793</v>
       </c>
       <c r="D314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="G314" s="2" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>794</v>
       </c>
       <c r="C315" s="2" t="s">
         <v>795</v>
       </c>
       <c r="D315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="G315" s="2" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>796</v>
       </c>
       <c r="C316" s="2" t="s">
         <v>797</v>
       </c>
       <c r="D316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="G316" s="2" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>798</v>
       </c>
       <c r="C317" s="2" t="s">
         <v>799</v>
       </c>
       <c r="D317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>734</v>
+        <v>777</v>
       </c>
       <c r="G317" s="2" t="s">
-        <v>12</v>
+        <v>774</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>800</v>
       </c>
       <c r="C318" s="2" t="s">
         <v>801</v>
       </c>
       <c r="D318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>734</v>
+        <v>777</v>
       </c>
       <c r="G318" s="2" t="s">
-        <v>12</v>
+        <v>774</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>802</v>
       </c>
       <c r="C319" s="2" t="s">
         <v>803</v>
       </c>
       <c r="D319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>182</v>
+        <v>738</v>
       </c>
       <c r="G319" s="2" t="s">
-        <v>804</v>
+        <v>12</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B320" s="2" t="s">
+        <v>804</v>
+      </c>
+      <c r="C320" s="2" t="s">
         <v>805</v>
       </c>
-      <c r="C320" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E320" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>182</v>
+        <v>738</v>
       </c>
       <c r="G320" s="2" t="s">
-        <v>804</v>
+        <v>12</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B321" s="2" t="s">
+        <v>806</v>
+      </c>
+      <c r="C321" s="2" t="s">
         <v>807</v>
       </c>
-      <c r="C321" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D321" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E321" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G321" s="2" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>809</v>
       </c>
       <c r="C322" s="2" t="s">
         <v>810</v>
       </c>
       <c r="D322" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G322" s="2" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>811</v>
       </c>
       <c r="C323" s="2" t="s">
         <v>812</v>
       </c>
       <c r="D323" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G323" s="2" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>813</v>
       </c>
       <c r="C324" s="2" t="s">
         <v>814</v>
       </c>
       <c r="D324" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>815</v>
+        <v>182</v>
       </c>
       <c r="G324" s="2" t="s">
-        <v>816</v>
+        <v>808</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B325" s="2" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="D325" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E325" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>815</v>
+        <v>182</v>
       </c>
       <c r="G325" s="2" t="s">
-        <v>816</v>
+        <v>808</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B326" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="C326" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="D326" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E326" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F326" s="2" t="s">
         <v>819</v>
       </c>
-      <c r="C326" s="2" t="s">
+      <c r="G326" s="2" t="s">
         <v>820</v>
-      </c>
-[...10 lines deleted...]
-        <v>816</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>821</v>
       </c>
       <c r="C327" s="2" t="s">
         <v>822</v>
       </c>
       <c r="D327" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="G327" s="2" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>823</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>772</v>
+        <v>824</v>
       </c>
       <c r="D328" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="G328" s="2" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>775</v>
+        <v>826</v>
       </c>
       <c r="D329" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="G329" s="2" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B330" s="2" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>793</v>
+        <v>776</v>
       </c>
       <c r="D330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="G330" s="2" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B331" s="2" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>789</v>
+        <v>779</v>
       </c>
       <c r="D331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="G331" s="2" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="D332" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E332" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="G332" s="2" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B333" s="2" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>777</v>
+        <v>793</v>
       </c>
       <c r="D333" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="G333" s="2" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B334" s="2" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>779</v>
+        <v>799</v>
       </c>
       <c r="D334" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="G334" s="2" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B335" s="2" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>787</v>
+        <v>781</v>
       </c>
       <c r="D335" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="G335" s="2" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B336" s="2" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="D336" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="G336" s="2" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>781</v>
+        <v>791</v>
       </c>
       <c r="D337" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="G337" s="2" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>783</v>
+        <v>795</v>
       </c>
       <c r="D338" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="G338" s="2" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B339" s="2" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>835</v>
+        <v>785</v>
       </c>
       <c r="D339" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>836</v>
+        <v>819</v>
       </c>
       <c r="G339" s="2" t="s">
-        <v>837</v>
+        <v>820</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B340" s="2" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>839</v>
+        <v>787</v>
       </c>
       <c r="D340" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>836</v>
+        <v>819</v>
       </c>
       <c r="G340" s="2" t="s">
-        <v>837</v>
+        <v>820</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B341" s="2" t="s">
+        <v>838</v>
+      </c>
+      <c r="C341" s="2" t="s">
+        <v>839</v>
+      </c>
+      <c r="D341" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E341" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F341" s="2" t="s">
         <v>840</v>
       </c>
-      <c r="C341" s="2" t="s">
+      <c r="G341" s="2" t="s">
         <v>841</v>
-      </c>
-[...10 lines deleted...]
-        <v>837</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>842</v>
       </c>
       <c r="C342" s="2" t="s">
         <v>843</v>
       </c>
       <c r="D342" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E342" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="G342" s="2" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>844</v>
       </c>
       <c r="C343" s="2" t="s">
         <v>845</v>
       </c>
       <c r="D343" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E343" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>846</v>
+        <v>840</v>
       </c>
       <c r="G343" s="2" t="s">
-        <v>847</v>
+        <v>841</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B344" s="2" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>849</v>
+        <v>847</v>
       </c>
       <c r="D344" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E344" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>850</v>
+        <v>840</v>
       </c>
       <c r="G344" s="2" t="s">
-        <v>236</v>
+        <v>841</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="D345" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E345" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>850</v>
       </c>
       <c r="G345" s="2" t="s">
-        <v>236</v>
+        <v>851</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B346" s="2" t="s">
+        <v>852</v>
+      </c>
+      <c r="C346" s="2" t="s">
         <v>853</v>
       </c>
-      <c r="C346" s="2" t="s">
+      <c r="D346" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E346" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F346" s="2" t="s">
         <v>854</v>
-      </c>
-[...7 lines deleted...]
-        <v>850</v>
       </c>
       <c r="G346" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>855</v>
       </c>
       <c r="C347" s="2" t="s">
         <v>856</v>
       </c>
       <c r="D347" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E347" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="G347" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>857</v>
       </c>
       <c r="C348" s="2" t="s">
         <v>858</v>
       </c>
       <c r="D348" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E348" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="G348" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>859</v>
       </c>
       <c r="C349" s="2" t="s">
         <v>860</v>
       </c>
       <c r="D349" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E349" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="G349" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>861</v>
       </c>
       <c r="C350" s="2" t="s">
         <v>862</v>
       </c>
       <c r="D350" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E350" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="G350" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>863</v>
       </c>
       <c r="C351" s="2" t="s">
         <v>864</v>
       </c>
       <c r="D351" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E351" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="G351" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>865</v>
       </c>
       <c r="C352" s="2" t="s">
         <v>866</v>
       </c>
       <c r="D352" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E352" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="G352" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>867</v>
       </c>
       <c r="C353" s="2" t="s">
         <v>868</v>
       </c>
       <c r="D353" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E353" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="G353" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>869</v>
       </c>
       <c r="C354" s="2" t="s">
         <v>870</v>
       </c>
       <c r="D354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="G354" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>871</v>
       </c>
       <c r="C355" s="2" t="s">
         <v>872</v>
       </c>
       <c r="D355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>873</v>
+        <v>854</v>
       </c>
       <c r="G355" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B356" s="2" t="s">
+        <v>873</v>
+      </c>
+      <c r="C356" s="2" t="s">
         <v>874</v>
       </c>
-      <c r="C356" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>876</v>
+        <v>854</v>
       </c>
       <c r="G356" s="2" t="s">
-        <v>877</v>
+        <v>236</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B357" s="2" t="s">
+        <v>875</v>
+      </c>
+      <c r="C357" s="2" t="s">
+        <v>876</v>
+      </c>
+      <c r="D357" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E357" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F357" s="2" t="s">
+        <v>877</v>
+      </c>
+      <c r="G357" s="2" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" s="1">
+        <v>82409268800137</v>
+      </c>
+      <c r="B358" s="2" t="s">
         <v>878</v>
       </c>
-      <c r="C357" s="2" t="s">
+      <c r="C358" s="2" t="s">
         <v>879</v>
       </c>
-      <c r="D357" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F357" s="2" t="s">
+      <c r="D358" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E358" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F358" s="2" t="s">
         <v>880</v>
       </c>
-      <c r="G357" s="2" t="s">
+      <c r="G358" s="2" t="s">
         <v>881</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" s="1">
+        <v>82409268800137</v>
+      </c>
+      <c r="B359" s="2" t="s">
+        <v>882</v>
+      </c>
+      <c r="C359" s="2" t="s">
+        <v>883</v>
+      </c>
+      <c r="D359" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E359" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F359" s="2" t="s">
+        <v>884</v>
+      </c>
+      <c r="G359" s="2" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" s="1">
+        <v>82409268800137</v>
+      </c>
+      <c r="B360" s="2" t="s">
+        <v>886</v>
+      </c>
+      <c r="C360" s="2" t="s">
+        <v>887</v>
+      </c>
+      <c r="D360" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E360" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F360" s="2" t="s">
+        <v>888</v>
+      </c>
+      <c r="G360" s="2" t="s">
+        <v>889</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -11320,31 +11413,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/01/2025 09:40:01</dc:description>
+  <dc:description>Export en date du 12/18/2025 14:11:56</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>