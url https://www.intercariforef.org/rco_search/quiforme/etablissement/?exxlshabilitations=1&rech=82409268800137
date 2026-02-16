--- v1 (2025-12-18)
+++ v2 (2026-02-16)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="890">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="895">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -2135,50 +2135,65 @@
     <t>28/10/2030</t>
   </si>
   <si>
     <t>RNCP41365</t>
   </si>
   <si>
     <t>04/10/2030</t>
   </si>
   <si>
     <t>RNCP41366</t>
   </si>
   <si>
     <t>04/11/2027</t>
   </si>
   <si>
     <t>RNCP41370</t>
   </si>
   <si>
     <t>TP Développeur intégrateur en informatique industrielle</t>
   </si>
   <si>
     <t>RNCP41531</t>
   </si>
   <si>
     <t>28/12/2030</t>
+  </si>
+  <si>
+    <t>RNCP41538</t>
+  </si>
+  <si>
+    <t>21/01/2027</t>
+  </si>
+  <si>
+    <t>RNCP41909</t>
+  </si>
+  <si>
+    <t>TP Plombier chauffagiste</t>
+  </si>
+  <si>
+    <t>02/03/2031</t>
   </si>
   <si>
     <t>RNCP4963</t>
   </si>
   <si>
     <t>TP Technicien(ne) supérieur(e) en gestion de production</t>
   </si>
   <si>
     <t>24/03/2022</t>
   </si>
   <si>
     <t>RNCP5863</t>
   </si>
   <si>
     <t>RNCP5881</t>
   </si>
   <si>
     <t>RNCP5922</t>
   </si>
   <si>
     <t>TP Menuisier aluminium</t>
   </si>
   <si>
     <t>RNCP8889</t>
   </si>
@@ -3061,51 +3076,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H360"/>
+  <dimension ref="A1:H362"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -8984,51 +8999,51 @@
       </c>
       <c r="F256" s="2" t="s">
         <v>664</v>
       </c>
       <c r="G256" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>665</v>
       </c>
       <c r="C257" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D257" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>454</v>
+        <v>398</v>
       </c>
       <c r="G257" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>666</v>
       </c>
       <c r="C258" s="2" t="s">
         <v>476</v>
       </c>
       <c r="D258" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>667</v>
       </c>
       <c r="G258" s="2" t="s">
@@ -9435,1972 +9450,2018 @@
       </c>
       <c r="C276" s="2" t="s">
         <v>303</v>
       </c>
       <c r="D276" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>706</v>
       </c>
       <c r="G276" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>707</v>
       </c>
       <c r="C277" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="D277" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E277" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F277" s="2" t="s">
         <v>708</v>
-      </c>
-[...7 lines deleted...]
-        <v>709</v>
       </c>
       <c r="G277" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B278" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="C278" s="2" t="s">
         <v>710</v>
       </c>
-      <c r="C278" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D278" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>11</v>
+        <v>711</v>
       </c>
       <c r="G278" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>469</v>
+        <v>713</v>
       </c>
       <c r="D279" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>11</v>
+        <v>714</v>
       </c>
       <c r="G279" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B280" s="2" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>713</v>
+        <v>458</v>
       </c>
       <c r="D280" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>101</v>
+        <v>11</v>
       </c>
       <c r="G280" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>715</v>
+        <v>469</v>
       </c>
       <c r="D281" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>716</v>
+        <v>11</v>
       </c>
       <c r="G281" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>717</v>
       </c>
       <c r="C282" s="2" t="s">
         <v>718</v>
       </c>
       <c r="D282" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E282" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>719</v>
+        <v>101</v>
       </c>
       <c r="G282" s="2" t="s">
-        <v>720</v>
+        <v>12</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B283" s="2" t="s">
+        <v>719</v>
+      </c>
+      <c r="C283" s="2" t="s">
+        <v>720</v>
+      </c>
+      <c r="D283" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E283" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F283" s="2" t="s">
         <v>721</v>
       </c>
-      <c r="C283" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G283" s="2" t="s">
-        <v>720</v>
+        <v>12</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B284" s="2" t="s">
+        <v>722</v>
+      </c>
+      <c r="C284" s="2" t="s">
         <v>723</v>
       </c>
-      <c r="C284" s="2" t="s">
+      <c r="D284" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E284" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F284" s="2" t="s">
         <v>724</v>
       </c>
-      <c r="D284" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G284" s="2" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B285" s="2" t="s">
+        <v>726</v>
+      </c>
+      <c r="C285" s="2" t="s">
+        <v>727</v>
+      </c>
+      <c r="D285" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E285" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F285" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="G285" s="2" t="s">
         <v>725</v>
-      </c>
-[...13 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="G286" s="2" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>730</v>
       </c>
       <c r="C287" s="2" t="s">
         <v>731</v>
       </c>
       <c r="D287" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="G287" s="2" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B288" s="2" t="s">
+        <v>732</v>
+      </c>
+      <c r="C288" s="2" t="s">
+        <v>733</v>
+      </c>
+      <c r="D288" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E288" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F288" s="2" t="s">
         <v>734</v>
       </c>
-      <c r="C288" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G288" s="2" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B289" s="2" t="s">
+        <v>735</v>
+      </c>
+      <c r="C289" s="2" t="s">
         <v>736</v>
       </c>
-      <c r="C289" s="2" t="s">
+      <c r="D289" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E289" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F289" s="2" t="s">
         <v>737</v>
       </c>
-      <c r="D289" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F289" s="2" t="s">
+      <c r="G289" s="2" t="s">
         <v>738</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>739</v>
       </c>
       <c r="C290" s="2" t="s">
         <v>740</v>
       </c>
       <c r="D290" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F290" s="2" t="s">
+        <v>737</v>
+      </c>
+      <c r="G290" s="2" t="s">
         <v>738</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>741</v>
       </c>
       <c r="C291" s="2" t="s">
         <v>742</v>
       </c>
       <c r="D291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="G291" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B292" s="2" t="s">
+        <v>744</v>
+      </c>
+      <c r="C292" s="2" t="s">
+        <v>745</v>
+      </c>
+      <c r="D292" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E292" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F292" s="2" t="s">
         <v>743</v>
-      </c>
-[...10 lines deleted...]
-        <v>738</v>
       </c>
       <c r="G292" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B293" s="2" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="G293" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D294" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="G294" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B295" s="2" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D295" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>751</v>
+        <v>743</v>
       </c>
       <c r="G295" s="2" t="s">
-        <v>752</v>
+        <v>12</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B296" s="2" t="s">
+        <v>752</v>
+      </c>
+      <c r="C296" s="2" t="s">
         <v>753</v>
       </c>
-      <c r="C296" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D296" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>751</v>
+        <v>743</v>
       </c>
       <c r="G296" s="2" t="s">
-        <v>752</v>
+        <v>12</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B297" s="2" t="s">
+        <v>754</v>
+      </c>
+      <c r="C297" s="2" t="s">
         <v>755</v>
       </c>
-      <c r="C297" s="2" t="s">
+      <c r="D297" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E297" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F297" s="2" t="s">
         <v>756</v>
       </c>
-      <c r="D297" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G297" s="2" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B298" s="2" t="s">
+        <v>758</v>
+      </c>
+      <c r="C298" s="2" t="s">
+        <v>759</v>
+      </c>
+      <c r="D298" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E298" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F298" s="2" t="s">
+        <v>756</v>
+      </c>
+      <c r="G298" s="2" t="s">
         <v>757</v>
-      </c>
-[...13 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B299" s="2" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="G299" s="2" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B300" s="2" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="G300" s="2" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="D301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="G301" s="2" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="D302" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="G302" s="2" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E303" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>738</v>
+        <v>756</v>
       </c>
       <c r="G303" s="2" t="s">
-        <v>12</v>
+        <v>757</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="D304" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>738</v>
+        <v>756</v>
       </c>
       <c r="G304" s="2" t="s">
-        <v>12</v>
+        <v>757</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B305" s="2" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>773</v>
+        <v>743</v>
       </c>
       <c r="G305" s="2" t="s">
-        <v>774</v>
+        <v>12</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B306" s="2" t="s">
+        <v>774</v>
+      </c>
+      <c r="C306" s="2" t="s">
         <v>775</v>
       </c>
-      <c r="C306" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D306" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>777</v>
+        <v>743</v>
       </c>
       <c r="G306" s="2" t="s">
-        <v>774</v>
+        <v>12</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B307" s="2" t="s">
+        <v>776</v>
+      </c>
+      <c r="C307" s="2" t="s">
+        <v>777</v>
+      </c>
+      <c r="D307" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E307" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F307" s="2" t="s">
         <v>778</v>
       </c>
-      <c r="C307" s="2" t="s">
+      <c r="G307" s="2" t="s">
         <v>779</v>
-      </c>
-[...10 lines deleted...]
-        <v>774</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>780</v>
       </c>
       <c r="C308" s="2" t="s">
         <v>781</v>
       </c>
       <c r="D308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="G308" s="2" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B309" s="2" t="s">
+        <v>783</v>
+      </c>
+      <c r="C309" s="2" t="s">
+        <v>784</v>
+      </c>
+      <c r="D309" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E309" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F309" s="2" t="s">
         <v>782</v>
       </c>
-      <c r="C309" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G309" s="2" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B310" s="2" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D310" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="G310" s="2" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="G311" s="2" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B312" s="2" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="G312" s="2" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B313" s="2" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="G313" s="2" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B314" s="2" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="G314" s="2" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="G315" s="2" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="D316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="G316" s="2" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="G317" s="2" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="G318" s="2" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="D319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>738</v>
+        <v>782</v>
       </c>
       <c r="G319" s="2" t="s">
-        <v>12</v>
+        <v>779</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B320" s="2" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="D320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>738</v>
+        <v>782</v>
       </c>
       <c r="G320" s="2" t="s">
-        <v>12</v>
+        <v>779</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D321" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>182</v>
+        <v>743</v>
       </c>
       <c r="G321" s="2" t="s">
-        <v>808</v>
+        <v>12</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>809</v>
       </c>
       <c r="C322" s="2" t="s">
         <v>810</v>
       </c>
       <c r="D322" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E322" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>182</v>
+        <v>743</v>
       </c>
       <c r="G322" s="2" t="s">
-        <v>808</v>
+        <v>12</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>811</v>
       </c>
       <c r="C323" s="2" t="s">
         <v>812</v>
       </c>
       <c r="D323" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E323" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G323" s="2" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B324" s="2" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="D324" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G324" s="2" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B325" s="2" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D325" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F325" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G325" s="2" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="D326" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E326" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>819</v>
+        <v>182</v>
       </c>
       <c r="G326" s="2" t="s">
-        <v>820</v>
+        <v>813</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B327" s="2" t="s">
+        <v>820</v>
+      </c>
+      <c r="C327" s="2" t="s">
         <v>821</v>
       </c>
-      <c r="C327" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D327" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E327" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>819</v>
+        <v>182</v>
       </c>
       <c r="G327" s="2" t="s">
-        <v>820</v>
+        <v>813</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B328" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="C328" s="2" t="s">
         <v>823</v>
       </c>
-      <c r="C328" s="2" t="s">
+      <c r="D328" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E328" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F328" s="2" t="s">
         <v>824</v>
       </c>
-      <c r="D328" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G328" s="2" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B329" s="2" t="s">
+        <v>826</v>
+      </c>
+      <c r="C329" s="2" t="s">
+        <v>827</v>
+      </c>
+      <c r="D329" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E329" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F329" s="2" t="s">
+        <v>824</v>
+      </c>
+      <c r="G329" s="2" t="s">
         <v>825</v>
-      </c>
-[...13 lines deleted...]
-        <v>820</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B330" s="2" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>776</v>
+        <v>829</v>
       </c>
       <c r="D330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="G330" s="2" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B331" s="2" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>779</v>
+        <v>831</v>
       </c>
       <c r="D331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="G331" s="2" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>797</v>
+        <v>781</v>
       </c>
       <c r="D332" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E332" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="G332" s="2" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B333" s="2" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>793</v>
+        <v>784</v>
       </c>
       <c r="D333" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="G333" s="2" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B334" s="2" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="D334" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="G334" s="2" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B335" s="2" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>781</v>
+        <v>798</v>
       </c>
       <c r="D335" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="G335" s="2" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B336" s="2" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>783</v>
+        <v>804</v>
       </c>
       <c r="D336" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="G336" s="2" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>791</v>
+        <v>786</v>
       </c>
       <c r="D337" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="G337" s="2" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>795</v>
+        <v>788</v>
       </c>
       <c r="D338" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="G338" s="2" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B339" s="2" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>785</v>
+        <v>796</v>
       </c>
       <c r="D339" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="G339" s="2" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B340" s="2" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>787</v>
+        <v>800</v>
       </c>
       <c r="D340" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="G340" s="2" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>839</v>
+        <v>790</v>
       </c>
       <c r="D341" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>840</v>
+        <v>824</v>
       </c>
       <c r="G341" s="2" t="s">
-        <v>841</v>
+        <v>825</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>842</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>843</v>
+        <v>792</v>
       </c>
       <c r="D342" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E342" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>840</v>
+        <v>824</v>
       </c>
       <c r="G342" s="2" t="s">
-        <v>841</v>
+        <v>825</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B343" s="2" t="s">
+        <v>843</v>
+      </c>
+      <c r="C343" s="2" t="s">
         <v>844</v>
       </c>
-      <c r="C343" s="2" t="s">
+      <c r="D343" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E343" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F343" s="2" t="s">
         <v>845</v>
       </c>
-      <c r="D343" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G343" s="2" t="s">
-        <v>841</v>
+        <v>846</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B344" s="2" t="s">
+        <v>847</v>
+      </c>
+      <c r="C344" s="2" t="s">
+        <v>848</v>
+      </c>
+      <c r="D344" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E344" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F344" s="2" t="s">
+        <v>845</v>
+      </c>
+      <c r="G344" s="2" t="s">
         <v>846</v>
-      </c>
-[...13 lines deleted...]
-        <v>841</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="D345" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E345" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
       <c r="G345" s="2" t="s">
-        <v>851</v>
+        <v>846</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B346" s="2" t="s">
+        <v>851</v>
+      </c>
+      <c r="C346" s="2" t="s">
         <v>852</v>
       </c>
-      <c r="C346" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D346" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E346" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>854</v>
+        <v>845</v>
       </c>
       <c r="G346" s="2" t="s">
-        <v>236</v>
+        <v>846</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B347" s="2" t="s">
+        <v>853</v>
+      </c>
+      <c r="C347" s="2" t="s">
+        <v>854</v>
+      </c>
+      <c r="D347" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E347" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F347" s="2" t="s">
         <v>855</v>
       </c>
-      <c r="C347" s="2" t="s">
+      <c r="G347" s="2" t="s">
         <v>856</v>
-      </c>
-[...10 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>857</v>
       </c>
       <c r="C348" s="2" t="s">
         <v>858</v>
       </c>
       <c r="D348" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E348" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="G348" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B349" s="2" t="s">
+        <v>860</v>
+      </c>
+      <c r="C349" s="2" t="s">
+        <v>861</v>
+      </c>
+      <c r="D349" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E349" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F349" s="2" t="s">
         <v>859</v>
-      </c>
-[...10 lines deleted...]
-        <v>854</v>
       </c>
       <c r="G349" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B350" s="2" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D350" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E350" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="G350" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B351" s="2" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="D351" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E351" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="G351" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="D352" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E352" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="G352" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D353" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E353" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="G353" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B354" s="2" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="G354" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B355" s="2" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="D355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="G355" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="D356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="G356" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D357" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E357" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>877</v>
+        <v>859</v>
       </c>
       <c r="G357" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>878</v>
       </c>
       <c r="C358" s="2" t="s">
         <v>879</v>
       </c>
       <c r="D358" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>880</v>
+        <v>859</v>
       </c>
       <c r="G358" s="2" t="s">
-        <v>881</v>
+        <v>236</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B359" s="2" t="s">
+        <v>880</v>
+      </c>
+      <c r="C359" s="2" t="s">
+        <v>881</v>
+      </c>
+      <c r="D359" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E359" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F359" s="2" t="s">
         <v>882</v>
       </c>
-      <c r="C359" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G359" s="2" t="s">
-        <v>885</v>
+        <v>236</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B360" s="2" t="s">
+        <v>883</v>
+      </c>
+      <c r="C360" s="2" t="s">
+        <v>884</v>
+      </c>
+      <c r="D360" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E360" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F360" s="2" t="s">
+        <v>885</v>
+      </c>
+      <c r="G360" s="2" t="s">
         <v>886</v>
       </c>
-      <c r="C360" s="2" t="s">
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" s="1">
+        <v>82409268800137</v>
+      </c>
+      <c r="B361" s="2" t="s">
         <v>887</v>
       </c>
-      <c r="D360" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F360" s="2" t="s">
+      <c r="C361" s="2" t="s">
         <v>888</v>
       </c>
-      <c r="G360" s="2" t="s">
+      <c r="D361" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E361" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F361" s="2" t="s">
         <v>889</v>
+      </c>
+      <c r="G361" s="2" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" s="1">
+        <v>82409268800137</v>
+      </c>
+      <c r="B362" s="2" t="s">
+        <v>891</v>
+      </c>
+      <c r="C362" s="2" t="s">
+        <v>892</v>
+      </c>
+      <c r="D362" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E362" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F362" s="2" t="s">
+        <v>893</v>
+      </c>
+      <c r="G362" s="2" t="s">
+        <v>894</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -11413,31 +11474,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/18/2025 14:11:56</dc:description>
+  <dc:description>Export en date du 02/16/2026 16:25:42</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>