--- v0 (2025-10-03)
+++ v1 (2026-01-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="780">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="806">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -1831,104 +1831,176 @@
   <si>
     <t>28/02/2030</t>
   </si>
   <si>
     <t>RNCP40136</t>
   </si>
   <si>
     <t>14/04/2027</t>
   </si>
   <si>
     <t>RNCP40138</t>
   </si>
   <si>
     <t>RNCP40215</t>
   </si>
   <si>
     <t>15/03/2028</t>
   </si>
   <si>
     <t>RNCP40216</t>
   </si>
   <si>
     <t>22/02/2030</t>
   </si>
   <si>
+    <t>RNCP40217</t>
+  </si>
+  <si>
+    <t>20/10/2026</t>
+  </si>
+  <si>
+    <t>RNCP40218</t>
+  </si>
+  <si>
+    <t>27/02/2030</t>
+  </si>
+  <si>
     <t>RNCP40298</t>
   </si>
   <si>
     <t>RNCP403</t>
   </si>
   <si>
     <t>23/03/2023</t>
   </si>
   <si>
     <t>RNCP40398</t>
   </si>
   <si>
     <t>28/03/2030</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
+    <t>RNCP40477</t>
+  </si>
+  <si>
+    <t>TP Soudeur en tuyauterie industrielle</t>
+  </si>
+  <si>
+    <t>18/05/2030</t>
+  </si>
+  <si>
     <t>RNCP40498</t>
   </si>
   <si>
     <t>28/07/2030</t>
   </si>
   <si>
     <t>RNCP40499</t>
   </si>
   <si>
     <t>27/07/2030</t>
   </si>
   <si>
     <t>RNCP40695</t>
   </si>
   <si>
     <t>TP Médiateur numérique</t>
   </si>
   <si>
     <t>12/07/2030</t>
   </si>
   <si>
     <t>RNCP40699</t>
   </si>
   <si>
     <t>19/05/2030</t>
   </si>
   <si>
     <t>RNCP40800</t>
   </si>
   <si>
     <t>TP Secrétaire assistant médico-administratif</t>
   </si>
   <si>
     <t>01/09/2030</t>
   </si>
   <si>
+    <t>RNCP40801</t>
+  </si>
+  <si>
+    <t>RNCP41239</t>
+  </si>
+  <si>
+    <t>TP Chargé d'accueil et de gestion administrative</t>
+  </si>
+  <si>
+    <t>30/09/2030</t>
+  </si>
+  <si>
+    <t>RNCP41254</t>
+  </si>
+  <si>
+    <t>28/10/2030</t>
+  </si>
+  <si>
+    <t>RNCP41365</t>
+  </si>
+  <si>
+    <t>04/10/2030</t>
+  </si>
+  <si>
+    <t>RNCP41366</t>
+  </si>
+  <si>
+    <t>04/11/2027</t>
+  </si>
+  <si>
+    <t>RNCP41532</t>
+  </si>
+  <si>
+    <t>03/10/2030</t>
+  </si>
+  <si>
+    <t>RNCP41536</t>
+  </si>
+  <si>
+    <t>08/01/2031</t>
+  </si>
+  <si>
+    <t>RNCP41689</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
     <t>RNCP4963</t>
   </si>
   <si>
     <t>TP Technicien(ne) supérieur(e) en gestion de production</t>
   </si>
   <si>
     <t>24/03/2022</t>
   </si>
   <si>
     <t>RNCP5863</t>
   </si>
   <si>
     <t>RNCP5881</t>
   </si>
   <si>
     <t>RNCP6632</t>
   </si>
   <si>
     <t>RNCP8889</t>
   </si>
   <si>
     <t>TP Serveur(se) en restauration</t>
   </si>
   <si>
     <t>07/01/2020</t>
@@ -2354,50 +2426,56 @@
     <t>Certification socle de compétences et de connaissances professionnelles (CléA)</t>
   </si>
   <si>
     <t>18/12/2029</t>
   </si>
   <si>
     <t>RS7096</t>
   </si>
   <si>
     <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2731,51 +2809,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H305"/>
+  <dimension ref="A1:H317"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -7886,1926 +7964,2202 @@
       </c>
       <c r="C223" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D223" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>604</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>605</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>207</v>
+        <v>245</v>
       </c>
       <c r="D224" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>402</v>
+        <v>606</v>
       </c>
       <c r="G224" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B225" s="2" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>428</v>
+        <v>199</v>
       </c>
       <c r="D225" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>399</v>
+        <v>207</v>
       </c>
       <c r="D226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>609</v>
+        <v>402</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>610</v>
+        <v>12</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B227" s="2" t="s">
+        <v>610</v>
+      </c>
+      <c r="C227" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="D227" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E227" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F227" s="2" t="s">
         <v>611</v>
-      </c>
-[...10 lines deleted...]
-        <v>612</v>
       </c>
       <c r="G227" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B228" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="C228" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="D228" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E228" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F228" s="2" t="s">
         <v>613</v>
       </c>
-      <c r="C228" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F228" s="2" t="s">
+      <c r="G228" s="2" t="s">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>615</v>
       </c>
       <c r="C229" s="2" t="s">
         <v>616</v>
       </c>
       <c r="D229" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>617</v>
       </c>
       <c r="G229" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>618</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="D230" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>619</v>
       </c>
       <c r="G230" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>620</v>
       </c>
       <c r="C231" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="D231" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E231" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F231" s="2" t="s">
         <v>621</v>
-      </c>
-[...7 lines deleted...]
-        <v>622</v>
       </c>
       <c r="G231" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B232" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="C232" s="2" t="s">
         <v>623</v>
       </c>
-      <c r="C232" s="2" t="s">
+      <c r="D232" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E232" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F232" s="2" t="s">
         <v>624</v>
-      </c>
-[...7 lines deleted...]
-        <v>625</v>
       </c>
       <c r="G232" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B233" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="C233" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="D233" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E233" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F233" s="2" t="s">
         <v>626</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
       <c r="G233" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>627</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>421</v>
+        <v>628</v>
       </c>
       <c r="D234" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>11</v>
+        <v>629</v>
       </c>
       <c r="G234" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>503</v>
+        <v>229</v>
       </c>
       <c r="D235" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>139</v>
+        <v>624</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="D236" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>633</v>
+        <v>254</v>
       </c>
       <c r="D237" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>635</v>
+        <v>12</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>636</v>
       </c>
       <c r="C238" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E238" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F238" s="2" t="s">
         <v>637</v>
       </c>
-      <c r="D238" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G238" s="2" t="s">
-        <v>635</v>
+        <v>12</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>638</v>
       </c>
       <c r="C239" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="D239" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E239" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F239" s="2" t="s">
         <v>639</v>
       </c>
-      <c r="D239" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G239" s="2" t="s">
-        <v>635</v>
+        <v>12</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>640</v>
       </c>
       <c r="C240" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="D240" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E240" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F240" s="2" t="s">
         <v>641</v>
       </c>
-      <c r="D240" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G240" s="2" t="s">
-        <v>635</v>
+        <v>12</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>642</v>
       </c>
       <c r="C241" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="D241" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E241" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F241" s="2" t="s">
         <v>643</v>
       </c>
-      <c r="D241" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G241" s="2" t="s">
-        <v>635</v>
+        <v>12</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B242" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="C242" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="D242" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E242" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F242" s="2" t="s">
         <v>645</v>
       </c>
-      <c r="C242" s="2" t="s">
+      <c r="G242" s="2" t="s">
         <v>646</v>
-      </c>
-[...10 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B243" s="2" t="s">
+        <v>647</v>
+      </c>
+      <c r="C243" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="D243" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E243" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F243" s="2" t="s">
         <v>649</v>
       </c>
-      <c r="C243" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G243" s="2" t="s">
-        <v>648</v>
+        <v>12</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>652</v>
+        <v>406</v>
       </c>
       <c r="D244" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>653</v>
+        <v>11</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>655</v>
+        <v>421</v>
       </c>
       <c r="D245" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>653</v>
+        <v>11</v>
       </c>
       <c r="G245" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>656</v>
+        <v>652</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>657</v>
+        <v>503</v>
       </c>
       <c r="D246" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>653</v>
+        <v>139</v>
       </c>
       <c r="G246" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>658</v>
+        <v>653</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>659</v>
+        <v>654</v>
       </c>
       <c r="D247" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="D248" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="G248" s="2" t="s">
-        <v>12</v>
+        <v>659</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="D249" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="G249" s="2" t="s">
-        <v>12</v>
+        <v>659</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="D250" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>666</v>
+        <v>658</v>
       </c>
       <c r="G250" s="2" t="s">
-        <v>667</v>
+        <v>659</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="D251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>666</v>
+        <v>658</v>
       </c>
       <c r="G251" s="2" t="s">
-        <v>667</v>
+        <v>659</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="D252" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="G252" s="2" t="s">
-        <v>667</v>
+        <v>659</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B253" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="C253" s="2" t="s">
+        <v>670</v>
+      </c>
+      <c r="D253" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E253" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F253" s="2" t="s">
+        <v>671</v>
+      </c>
+      <c r="G253" s="2" t="s">
         <v>672</v>
-      </c>
-[...13 lines deleted...]
-        <v>667</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B254" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="C254" s="2" t="s">
         <v>674</v>
       </c>
-      <c r="C254" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D254" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="G254" s="2" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B255" s="2" t="s">
+        <v>675</v>
+      </c>
+      <c r="C255" s="2" t="s">
         <v>676</v>
       </c>
-      <c r="C255" s="2" t="s">
+      <c r="D255" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E255" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F255" s="2" t="s">
         <v>677</v>
       </c>
-      <c r="D255" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G255" s="2" t="s">
-        <v>667</v>
+        <v>12</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>678</v>
       </c>
       <c r="C256" s="2" t="s">
         <v>679</v>
       </c>
       <c r="D256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>666</v>
+        <v>677</v>
       </c>
       <c r="G256" s="2" t="s">
-        <v>667</v>
+        <v>12</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>680</v>
       </c>
       <c r="C257" s="2" t="s">
         <v>681</v>
       </c>
       <c r="D257" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>666</v>
+        <v>677</v>
       </c>
       <c r="G257" s="2" t="s">
-        <v>667</v>
+        <v>12</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>682</v>
       </c>
       <c r="C258" s="2" t="s">
         <v>683</v>
       </c>
       <c r="D258" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
       <c r="G258" s="2" t="s">
-        <v>685</v>
+        <v>12</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="D259" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
       <c r="G259" s="2" t="s">
-        <v>685</v>
+        <v>12</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B260" s="2" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="D260" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
       <c r="G260" s="2" t="s">
-        <v>685</v>
+        <v>12</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B261" s="2" t="s">
+        <v>688</v>
+      </c>
+      <c r="C261" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="D261" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E261" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F261" s="2" t="s">
         <v>690</v>
       </c>
-      <c r="C261" s="2" t="s">
+      <c r="G261" s="2" t="s">
         <v>691</v>
-      </c>
-[...10 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>692</v>
       </c>
       <c r="C262" s="2" t="s">
         <v>693</v>
       </c>
       <c r="D262" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="G262" s="2" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>694</v>
       </c>
       <c r="C263" s="2" t="s">
         <v>695</v>
       </c>
       <c r="D263" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="G263" s="2" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>696</v>
       </c>
       <c r="C264" s="2" t="s">
         <v>697</v>
       </c>
       <c r="D264" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="G264" s="2" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>698</v>
       </c>
       <c r="C265" s="2" t="s">
         <v>699</v>
       </c>
       <c r="D265" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="G265" s="2" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>700</v>
       </c>
       <c r="C266" s="2" t="s">
         <v>701</v>
       </c>
       <c r="D266" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="G266" s="2" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>702</v>
       </c>
       <c r="C267" s="2" t="s">
         <v>703</v>
       </c>
       <c r="D267" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="G267" s="2" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>704</v>
       </c>
       <c r="C268" s="2" t="s">
         <v>705</v>
       </c>
       <c r="D268" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E268" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="G268" s="2" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>706</v>
       </c>
       <c r="C269" s="2" t="s">
         <v>707</v>
       </c>
       <c r="D269" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>684</v>
+        <v>708</v>
       </c>
       <c r="G269" s="2" t="s">
-        <v>685</v>
+        <v>709</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B270" s="2" t="s">
+        <v>710</v>
+      </c>
+      <c r="C270" s="2" t="s">
+        <v>711</v>
+      </c>
+      <c r="D270" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E270" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F270" s="2" t="s">
         <v>708</v>
       </c>
-      <c r="C270" s="2" t="s">
+      <c r="G270" s="2" t="s">
         <v>709</v>
-      </c>
-[...10 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="D271" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="G271" s="2" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>714</v>
       </c>
       <c r="C272" s="2" t="s">
         <v>715</v>
       </c>
       <c r="D272" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E272" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
       <c r="G272" s="2" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B273" s="2" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="D273" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
       <c r="G273" s="2" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B274" s="2" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="D274" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
       <c r="G274" s="2" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B275" s="2" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="D275" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
       <c r="G275" s="2" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>683</v>
+        <v>723</v>
       </c>
       <c r="D276" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
       <c r="G276" s="2" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B277" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="C277" s="2" t="s">
         <v>725</v>
       </c>
-      <c r="C277" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D277" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
       <c r="G277" s="2" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>726</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>705</v>
+        <v>727</v>
       </c>
       <c r="D278" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
       <c r="G278" s="2" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>701</v>
+        <v>729</v>
       </c>
       <c r="D279" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
       <c r="G279" s="2" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B280" s="2" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>707</v>
+        <v>731</v>
       </c>
       <c r="D280" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
       <c r="G280" s="2" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>689</v>
+        <v>733</v>
       </c>
       <c r="D281" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
       <c r="G281" s="2" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>691</v>
+        <v>735</v>
       </c>
       <c r="D282" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>716</v>
+        <v>736</v>
       </c>
       <c r="G282" s="2" t="s">
-        <v>717</v>
+        <v>737</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>699</v>
+        <v>739</v>
       </c>
       <c r="D283" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E283" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>716</v>
+        <v>740</v>
       </c>
       <c r="G283" s="2" t="s">
-        <v>717</v>
+        <v>741</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B284" s="2" t="s">
-        <v>732</v>
+        <v>742</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>703</v>
+        <v>743</v>
       </c>
       <c r="D284" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>716</v>
+        <v>740</v>
       </c>
       <c r="G284" s="2" t="s">
-        <v>717</v>
+        <v>741</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>733</v>
+        <v>744</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>693</v>
+        <v>745</v>
       </c>
       <c r="D285" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>716</v>
+        <v>740</v>
       </c>
       <c r="G285" s="2" t="s">
-        <v>717</v>
+        <v>741</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>734</v>
+        <v>746</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>695</v>
+        <v>747</v>
       </c>
       <c r="D286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>716</v>
+        <v>740</v>
       </c>
       <c r="G286" s="2" t="s">
-        <v>717</v>
+        <v>741</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B287" s="2" t="s">
-        <v>735</v>
+        <v>748</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>736</v>
+        <v>707</v>
       </c>
       <c r="D287" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E287" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>586</v>
+        <v>740</v>
       </c>
       <c r="G287" s="2" t="s">
-        <v>343</v>
+        <v>741</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>737</v>
+        <v>749</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>738</v>
+        <v>711</v>
       </c>
       <c r="D288" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E288" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>586</v>
+        <v>740</v>
       </c>
       <c r="G288" s="2" t="s">
-        <v>343</v>
+        <v>741</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B289" s="2" t="s">
-        <v>739</v>
+        <v>750</v>
       </c>
       <c r="C289" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="D289" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E289" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F289" s="2" t="s">
         <v>740</v>
       </c>
-      <c r="D289" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G289" s="2" t="s">
-        <v>343</v>
+        <v>741</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B290" s="2" t="s">
+        <v>751</v>
+      </c>
+      <c r="C290" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="D290" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E290" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F290" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="G290" s="2" t="s">
         <v>741</v>
-      </c>
-[...13 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B291" s="2" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>744</v>
+        <v>731</v>
       </c>
       <c r="D291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="G291" s="2" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>748</v>
+        <v>713</v>
       </c>
       <c r="D292" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>749</v>
+        <v>740</v>
       </c>
       <c r="G292" s="2" t="s">
-        <v>197</v>
+        <v>741</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B293" s="2" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>751</v>
+        <v>715</v>
       </c>
       <c r="D293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>749</v>
+        <v>740</v>
       </c>
       <c r="G293" s="2" t="s">
-        <v>197</v>
+        <v>741</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>753</v>
+        <v>723</v>
       </c>
       <c r="D294" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>749</v>
+        <v>740</v>
       </c>
       <c r="G294" s="2" t="s">
-        <v>197</v>
+        <v>741</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B295" s="2" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>755</v>
+        <v>727</v>
       </c>
       <c r="D295" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>749</v>
+        <v>740</v>
       </c>
       <c r="G295" s="2" t="s">
-        <v>197</v>
+        <v>741</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B296" s="2" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>757</v>
+        <v>717</v>
       </c>
       <c r="D296" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>749</v>
+        <v>740</v>
       </c>
       <c r="G296" s="2" t="s">
-        <v>197</v>
+        <v>741</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>758</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>759</v>
+        <v>719</v>
       </c>
       <c r="D297" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>749</v>
+        <v>740</v>
       </c>
       <c r="G297" s="2" t="s">
-        <v>197</v>
+        <v>741</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B298" s="2" t="s">
+        <v>759</v>
+      </c>
+      <c r="C298" s="2" t="s">
         <v>760</v>
       </c>
-      <c r="C298" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D298" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>749</v>
+        <v>586</v>
       </c>
       <c r="G298" s="2" t="s">
-        <v>197</v>
+        <v>343</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B299" s="2" t="s">
+        <v>761</v>
+      </c>
+      <c r="C299" s="2" t="s">
         <v>762</v>
       </c>
-      <c r="C299" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>749</v>
+        <v>586</v>
       </c>
       <c r="G299" s="2" t="s">
-        <v>197</v>
+        <v>343</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B300" s="2" t="s">
+        <v>763</v>
+      </c>
+      <c r="C300" s="2" t="s">
         <v>764</v>
       </c>
-      <c r="C300" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>749</v>
+        <v>586</v>
       </c>
       <c r="G300" s="2" t="s">
-        <v>197</v>
+        <v>343</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B301" s="2" t="s">
+        <v>765</v>
+      </c>
+      <c r="C301" s="2" t="s">
         <v>766</v>
       </c>
-      <c r="C301" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>749</v>
+        <v>586</v>
       </c>
       <c r="G301" s="2" t="s">
-        <v>197</v>
+        <v>343</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B302" s="2" t="s">
+        <v>767</v>
+      </c>
+      <c r="C302" s="2" t="s">
         <v>768</v>
       </c>
-      <c r="C302" s="2" t="s">
+      <c r="D302" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E302" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F302" s="2" t="s">
         <v>769</v>
       </c>
-      <c r="D302" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G302" s="2" t="s">
-        <v>197</v>
+        <v>770</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="G303" s="2" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B304" s="2" t="s">
+        <v>774</v>
+      </c>
+      <c r="C304" s="2" t="s">
+        <v>775</v>
+      </c>
+      <c r="D304" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E304" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F304" s="2" t="s">
         <v>773</v>
       </c>
-      <c r="C304" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G304" s="2" t="s">
-        <v>610</v>
+        <v>197</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>776</v>
       </c>
       <c r="C305" s="2" t="s">
         <v>777</v>
       </c>
       <c r="D305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F305" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="G305" s="2" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B306" s="2" t="s">
         <v>778</v>
       </c>
-      <c r="G305" s="2" t="s">
+      <c r="C306" s="2" t="s">
         <v>779</v>
+      </c>
+      <c r="D306" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E306" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F306" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="G306" s="2" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B307" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="C307" s="2" t="s">
+        <v>781</v>
+      </c>
+      <c r="D307" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E307" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F307" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="G307" s="2" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B308" s="2" t="s">
+        <v>782</v>
+      </c>
+      <c r="C308" s="2" t="s">
+        <v>783</v>
+      </c>
+      <c r="D308" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E308" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F308" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="G308" s="2" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B309" s="2" t="s">
+        <v>784</v>
+      </c>
+      <c r="C309" s="2" t="s">
+        <v>785</v>
+      </c>
+      <c r="D309" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E309" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F309" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="G309" s="2" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B310" s="2" t="s">
+        <v>786</v>
+      </c>
+      <c r="C310" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="D310" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E310" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F310" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="G310" s="2" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B311" s="2" t="s">
+        <v>788</v>
+      </c>
+      <c r="C311" s="2" t="s">
+        <v>789</v>
+      </c>
+      <c r="D311" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E311" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F311" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="G311" s="2" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B312" s="2" t="s">
+        <v>790</v>
+      </c>
+      <c r="C312" s="2" t="s">
+        <v>791</v>
+      </c>
+      <c r="D312" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E312" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F312" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="G312" s="2" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B313" s="2" t="s">
+        <v>792</v>
+      </c>
+      <c r="C313" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="D313" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E313" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F313" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="G313" s="2" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B314" s="2" t="s">
+        <v>794</v>
+      </c>
+      <c r="C314" s="2" t="s">
+        <v>795</v>
+      </c>
+      <c r="D314" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E314" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F314" s="2" t="s">
+        <v>796</v>
+      </c>
+      <c r="G314" s="2" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B315" s="2" t="s">
+        <v>797</v>
+      </c>
+      <c r="C315" s="2" t="s">
+        <v>798</v>
+      </c>
+      <c r="D315" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E315" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F315" s="2" t="s">
+        <v>799</v>
+      </c>
+      <c r="G315" s="2" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B316" s="2" t="s">
+        <v>800</v>
+      </c>
+      <c r="C316" s="2" t="s">
+        <v>801</v>
+      </c>
+      <c r="D316" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E316" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F316" s="2" t="s">
+        <v>802</v>
+      </c>
+      <c r="G316" s="2" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B317" s="2" t="s">
+        <v>804</v>
+      </c>
+      <c r="C317" s="2" t="s">
+        <v>805</v>
+      </c>
+      <c r="D317" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E317" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F317" s="2" t="s">
+        <v>645</v>
+      </c>
+      <c r="G317" s="2" t="s">
+        <v>646</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -9818,31 +10172,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/03/2025 04:42:12</dc:description>
+  <dc:description>Export en date du 01/02/2026 06:12:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>