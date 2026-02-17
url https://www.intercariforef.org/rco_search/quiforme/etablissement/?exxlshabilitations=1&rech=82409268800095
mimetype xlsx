--- v1 (2026-01-02)
+++ v2 (2026-02-17)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="806">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="818">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -1948,57 +1948,93 @@
   <si>
     <t>RNCP41365</t>
   </si>
   <si>
     <t>04/10/2030</t>
   </si>
   <si>
     <t>RNCP41366</t>
   </si>
   <si>
     <t>04/11/2027</t>
   </si>
   <si>
     <t>RNCP41532</t>
   </si>
   <si>
     <t>03/10/2030</t>
   </si>
   <si>
     <t>RNCP41536</t>
   </si>
   <si>
     <t>08/01/2031</t>
   </si>
   <si>
+    <t>RNCP41537</t>
+  </si>
+  <si>
+    <t>07/12/2030</t>
+  </si>
+  <si>
+    <t>RNCP41538</t>
+  </si>
+  <si>
+    <t>21/01/2027</t>
+  </si>
+  <si>
+    <t>RNCP41633</t>
+  </si>
+  <si>
+    <t>31/12/2030</t>
+  </si>
+  <si>
     <t>RNCP41689</t>
   </si>
   <si>
+    <t>Conducteur d’équipements industriels</t>
+  </si>
+  <si>
     <t>27/11/2030</t>
   </si>
   <si>
     <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>RNCP41907</t>
+  </si>
+  <si>
+    <t>21/02/2031</t>
+  </si>
+  <si>
+    <t>RNCP41909</t>
+  </si>
+  <si>
+    <t>TP Plombier chauffagiste</t>
+  </si>
+  <si>
+    <t>02/03/2031</t>
   </si>
   <si>
     <t>RNCP4963</t>
   </si>
   <si>
     <t>TP Technicien(ne) supérieur(e) en gestion de production</t>
   </si>
   <si>
     <t>24/03/2022</t>
   </si>
   <si>
     <t>RNCP5863</t>
   </si>
   <si>
     <t>RNCP5881</t>
   </si>
   <si>
     <t>RNCP6632</t>
   </si>
   <si>
     <t>RNCP8889</t>
   </si>
   <si>
     <t>TP Serveur(se) en restauration</t>
   </si>
@@ -2809,51 +2845,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H317"/>
+  <dimension ref="A1:H322"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -8019,51 +8055,51 @@
       </c>
       <c r="F225" s="2" t="s">
         <v>608</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>609</v>
       </c>
       <c r="C226" s="2" t="s">
         <v>207</v>
       </c>
       <c r="D226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>402</v>
+        <v>470</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>610</v>
       </c>
       <c r="C227" s="2" t="s">
         <v>428</v>
       </c>
       <c r="D227" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>611</v>
       </c>
       <c r="G227" s="2" t="s">
@@ -8378,1788 +8414,1903 @@
       </c>
       <c r="C241" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>643</v>
       </c>
       <c r="G241" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>644</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="D242" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>645</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>646</v>
+        <v>12</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B243" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="C243" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="D243" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E243" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F243" s="2" t="s">
         <v>647</v>
-      </c>
-[...10 lines deleted...]
-        <v>649</v>
       </c>
       <c r="G243" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>406</v>
+        <v>171</v>
       </c>
       <c r="D244" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>11</v>
+        <v>649</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B245" s="2" t="s">
+        <v>650</v>
+      </c>
+      <c r="C245" s="2" t="s">
         <v>651</v>
       </c>
-      <c r="C245" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D245" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>11</v>
+        <v>652</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>12</v>
+        <v>653</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>503</v>
+        <v>293</v>
       </c>
       <c r="D246" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>139</v>
+        <v>655</v>
       </c>
       <c r="G246" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="D247" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="D248" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="G248" s="2" t="s">
-        <v>659</v>
+        <v>12</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>661</v>
+        <v>406</v>
       </c>
       <c r="D249" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>658</v>
+        <v>11</v>
       </c>
       <c r="G249" s="2" t="s">
-        <v>659</v>
+        <v>12</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>663</v>
+        <v>421</v>
       </c>
       <c r="D250" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>658</v>
+        <v>11</v>
       </c>
       <c r="G250" s="2" t="s">
-        <v>659</v>
+        <v>12</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>664</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>665</v>
+        <v>503</v>
       </c>
       <c r="D251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>658</v>
+        <v>139</v>
       </c>
       <c r="G251" s="2" t="s">
-        <v>659</v>
+        <v>12</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B252" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="C252" s="2" t="s">
         <v>666</v>
       </c>
-      <c r="C252" s="2" t="s">
+      <c r="D252" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E252" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F252" s="2" t="s">
         <v>667</v>
       </c>
-      <c r="D252" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G252" s="2" t="s">
-        <v>659</v>
+        <v>12</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B253" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="C253" s="2" t="s">
         <v>669</v>
       </c>
-      <c r="C253" s="2" t="s">
+      <c r="D253" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E253" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F253" s="2" t="s">
         <v>670</v>
       </c>
-      <c r="D253" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F253" s="2" t="s">
+      <c r="G253" s="2" t="s">
         <v>671</v>
-      </c>
-[...1 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B254" s="2" t="s">
+        <v>672</v>
+      </c>
+      <c r="C254" s="2" t="s">
         <v>673</v>
       </c>
-      <c r="C254" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D254" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F254" s="2" t="s">
+        <v>670</v>
+      </c>
+      <c r="G254" s="2" t="s">
         <v>671</v>
-      </c>
-[...1 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B255" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="C255" s="2" t="s">
         <v>675</v>
       </c>
-      <c r="C255" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D255" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>677</v>
+        <v>670</v>
       </c>
       <c r="G255" s="2" t="s">
-        <v>12</v>
+        <v>671</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B256" s="2" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="D256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>677</v>
+        <v>670</v>
       </c>
       <c r="G256" s="2" t="s">
-        <v>12</v>
+        <v>671</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B257" s="2" t="s">
+        <v>678</v>
+      </c>
+      <c r="C257" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="D257" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E257" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F257" s="2" t="s">
         <v>680</v>
       </c>
-      <c r="C257" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G257" s="2" t="s">
-        <v>12</v>
+        <v>671</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B258" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="C258" s="2" t="s">
         <v>682</v>
       </c>
-      <c r="C258" s="2" t="s">
+      <c r="D258" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E258" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F258" s="2" t="s">
         <v>683</v>
       </c>
-      <c r="D258" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G258" s="2" t="s">
-        <v>12</v>
+        <v>684</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B259" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="C259" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="D259" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E259" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F259" s="2" t="s">
+        <v>683</v>
+      </c>
+      <c r="G259" s="2" t="s">
         <v>684</v>
-      </c>
-[...13 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B260" s="2" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="D260" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>677</v>
+        <v>689</v>
       </c>
       <c r="G260" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="C261" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="D261" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E261" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F261" s="2" t="s">
         <v>689</v>
       </c>
-      <c r="D261" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G261" s="2" t="s">
-        <v>691</v>
+        <v>12</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>692</v>
       </c>
       <c r="C262" s="2" t="s">
         <v>693</v>
       </c>
       <c r="D262" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="G262" s="2" t="s">
-        <v>691</v>
+        <v>12</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>694</v>
       </c>
       <c r="C263" s="2" t="s">
         <v>695</v>
       </c>
       <c r="D263" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E263" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="G263" s="2" t="s">
-        <v>691</v>
+        <v>12</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>696</v>
       </c>
       <c r="C264" s="2" t="s">
         <v>697</v>
       </c>
       <c r="D264" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="G264" s="2" t="s">
-        <v>691</v>
+        <v>12</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>698</v>
       </c>
       <c r="C265" s="2" t="s">
         <v>699</v>
       </c>
       <c r="D265" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="G265" s="2" t="s">
-        <v>691</v>
+        <v>12</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>700</v>
       </c>
       <c r="C266" s="2" t="s">
         <v>701</v>
       </c>
       <c r="D266" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>690</v>
+        <v>702</v>
       </c>
       <c r="G266" s="2" t="s">
-        <v>691</v>
+        <v>703</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B267" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="C267" s="2" t="s">
+        <v>705</v>
+      </c>
+      <c r="D267" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E267" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F267" s="2" t="s">
         <v>702</v>
       </c>
-      <c r="C267" s="2" t="s">
+      <c r="G267" s="2" t="s">
         <v>703</v>
-      </c>
-[...10 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B268" s="2" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="D268" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>690</v>
+        <v>702</v>
       </c>
       <c r="G268" s="2" t="s">
-        <v>691</v>
+        <v>703</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B269" s="2" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="D269" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E269" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>708</v>
+        <v>702</v>
       </c>
       <c r="G269" s="2" t="s">
-        <v>709</v>
+        <v>703</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>710</v>
       </c>
       <c r="C270" s="2" t="s">
         <v>711</v>
       </c>
       <c r="D270" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>708</v>
+        <v>702</v>
       </c>
       <c r="G270" s="2" t="s">
-        <v>709</v>
+        <v>703</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>712</v>
       </c>
       <c r="C271" s="2" t="s">
         <v>713</v>
       </c>
       <c r="D271" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E271" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>708</v>
+        <v>702</v>
       </c>
       <c r="G271" s="2" t="s">
-        <v>709</v>
+        <v>703</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>714</v>
       </c>
       <c r="C272" s="2" t="s">
         <v>715</v>
       </c>
       <c r="D272" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E272" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>708</v>
+        <v>702</v>
       </c>
       <c r="G272" s="2" t="s">
-        <v>709</v>
+        <v>703</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>716</v>
       </c>
       <c r="C273" s="2" t="s">
         <v>717</v>
       </c>
       <c r="D273" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>708</v>
+        <v>702</v>
       </c>
       <c r="G273" s="2" t="s">
-        <v>709</v>
+        <v>703</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>718</v>
       </c>
       <c r="C274" s="2" t="s">
         <v>719</v>
       </c>
       <c r="D274" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="G274" s="2" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B275" s="2" t="s">
+        <v>722</v>
+      </c>
+      <c r="C275" s="2" t="s">
+        <v>723</v>
+      </c>
+      <c r="D275" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E275" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F275" s="2" t="s">
         <v>720</v>
       </c>
-      <c r="C275" s="2" t="s">
+      <c r="G275" s="2" t="s">
         <v>721</v>
-      </c>
-[...10 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="D276" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="G276" s="2" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B277" s="2" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="D277" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="G277" s="2" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B278" s="2" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="D278" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="G278" s="2" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="D279" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="G279" s="2" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B280" s="2" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="D280" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="G280" s="2" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="D281" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="G281" s="2" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="D282" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>736</v>
+        <v>720</v>
       </c>
       <c r="G282" s="2" t="s">
-        <v>737</v>
+        <v>721</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>738</v>
       </c>
       <c r="C283" s="2" t="s">
         <v>739</v>
       </c>
       <c r="D283" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E283" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>740</v>
+        <v>720</v>
       </c>
       <c r="G283" s="2" t="s">
-        <v>741</v>
+        <v>721</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B284" s="2" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="D284" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>740</v>
+        <v>720</v>
       </c>
       <c r="G284" s="2" t="s">
-        <v>741</v>
+        <v>721</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="D285" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>740</v>
+        <v>720</v>
       </c>
       <c r="G285" s="2" t="s">
-        <v>741</v>
+        <v>721</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="D286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>740</v>
+        <v>720</v>
       </c>
       <c r="G286" s="2" t="s">
-        <v>741</v>
+        <v>721</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B287" s="2" t="s">
+        <v>746</v>
+      </c>
+      <c r="C287" s="2" t="s">
+        <v>747</v>
+      </c>
+      <c r="D287" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E287" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F287" s="2" t="s">
         <v>748</v>
       </c>
-      <c r="C287" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G287" s="2" t="s">
-        <v>741</v>
+        <v>749</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>711</v>
+        <v>751</v>
       </c>
       <c r="D288" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E288" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
       <c r="G288" s="2" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B289" s="2" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>729</v>
+        <v>755</v>
       </c>
       <c r="D289" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E289" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
       <c r="G289" s="2" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B290" s="2" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>725</v>
+        <v>757</v>
       </c>
       <c r="D290" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E290" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
       <c r="G290" s="2" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B291" s="2" t="s">
+        <v>758</v>
+      </c>
+      <c r="C291" s="2" t="s">
+        <v>759</v>
+      </c>
+      <c r="D291" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E291" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F291" s="2" t="s">
         <v>752</v>
       </c>
-      <c r="C291" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G291" s="2" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B292" s="2" t="s">
+        <v>760</v>
+      </c>
+      <c r="C292" s="2" t="s">
+        <v>719</v>
+      </c>
+      <c r="D292" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E292" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F292" s="2" t="s">
+        <v>752</v>
+      </c>
+      <c r="G292" s="2" t="s">
         <v>753</v>
-      </c>
-[...13 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B293" s="2" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
       <c r="D293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
       <c r="G293" s="2" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>723</v>
+        <v>741</v>
       </c>
       <c r="D294" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
       <c r="G294" s="2" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B295" s="2" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>727</v>
+        <v>737</v>
       </c>
       <c r="D295" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
       <c r="G295" s="2" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B296" s="2" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>717</v>
+        <v>743</v>
       </c>
       <c r="D296" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
       <c r="G296" s="2" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B297" s="2" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="D297" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
       <c r="G297" s="2" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B298" s="2" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>760</v>
+        <v>727</v>
       </c>
       <c r="D298" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>586</v>
+        <v>752</v>
       </c>
       <c r="G298" s="2" t="s">
-        <v>343</v>
+        <v>753</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B299" s="2" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>762</v>
+        <v>735</v>
       </c>
       <c r="D299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>586</v>
+        <v>752</v>
       </c>
       <c r="G299" s="2" t="s">
-        <v>343</v>
+        <v>753</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B300" s="2" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>764</v>
+        <v>739</v>
       </c>
       <c r="D300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>586</v>
+        <v>752</v>
       </c>
       <c r="G300" s="2" t="s">
-        <v>343</v>
+        <v>753</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>766</v>
+        <v>729</v>
       </c>
       <c r="D301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>586</v>
+        <v>752</v>
       </c>
       <c r="G301" s="2" t="s">
-        <v>343</v>
+        <v>753</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>768</v>
+        <v>731</v>
       </c>
       <c r="D302" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>769</v>
+        <v>752</v>
       </c>
       <c r="G302" s="2" t="s">
-        <v>770</v>
+        <v>753</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>771</v>
       </c>
       <c r="C303" s="2" t="s">
         <v>772</v>
       </c>
       <c r="D303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>773</v>
+        <v>586</v>
       </c>
       <c r="G303" s="2" t="s">
-        <v>197</v>
+        <v>343</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B304" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="C304" s="2" t="s">
         <v>774</v>
       </c>
-      <c r="C304" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D304" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>773</v>
+        <v>586</v>
       </c>
       <c r="G304" s="2" t="s">
-        <v>197</v>
+        <v>343</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B305" s="2" t="s">
+        <v>775</v>
+      </c>
+      <c r="C305" s="2" t="s">
         <v>776</v>
       </c>
-      <c r="C305" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>773</v>
+        <v>586</v>
       </c>
       <c r="G305" s="2" t="s">
-        <v>197</v>
+        <v>343</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B306" s="2" t="s">
+        <v>777</v>
+      </c>
+      <c r="C306" s="2" t="s">
         <v>778</v>
       </c>
-      <c r="C306" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D306" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>773</v>
+        <v>586</v>
       </c>
       <c r="G306" s="2" t="s">
-        <v>197</v>
+        <v>343</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B307" s="2" t="s">
+        <v>779</v>
+      </c>
+      <c r="C307" s="2" t="s">
         <v>780</v>
       </c>
-      <c r="C307" s="2" t="s">
+      <c r="D307" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E307" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F307" s="2" t="s">
         <v>781</v>
       </c>
-      <c r="D307" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G307" s="2" t="s">
-        <v>197</v>
+        <v>782</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B308" s="2" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>773</v>
+        <v>785</v>
       </c>
       <c r="G308" s="2" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B309" s="2" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="C309" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="D309" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E309" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F309" s="2" t="s">
         <v>785</v>
-      </c>
-[...7 lines deleted...]
-        <v>773</v>
       </c>
       <c r="G309" s="2" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B310" s="2" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="D310" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>773</v>
+        <v>785</v>
       </c>
       <c r="G310" s="2" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="D311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>773</v>
+        <v>785</v>
       </c>
       <c r="G311" s="2" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B312" s="2" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="D312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>773</v>
+        <v>785</v>
       </c>
       <c r="G312" s="2" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B313" s="2" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="D313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>773</v>
+        <v>785</v>
       </c>
       <c r="G313" s="2" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B314" s="2" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="D314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>796</v>
+        <v>785</v>
       </c>
       <c r="G314" s="2" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>799</v>
+        <v>785</v>
       </c>
       <c r="G315" s="2" t="s">
-        <v>614</v>
+        <v>197</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>800</v>
       </c>
       <c r="C316" s="2" t="s">
         <v>801</v>
       </c>
       <c r="D316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>802</v>
+        <v>785</v>
       </c>
       <c r="G316" s="2" t="s">
-        <v>803</v>
+        <v>197</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B317" s="2" t="s">
+        <v>802</v>
+      </c>
+      <c r="C317" s="2" t="s">
+        <v>803</v>
+      </c>
+      <c r="D317" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E317" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F317" s="2" t="s">
+        <v>785</v>
+      </c>
+      <c r="G317" s="2" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B318" s="2" t="s">
         <v>804</v>
       </c>
-      <c r="C317" s="2" t="s">
+      <c r="C318" s="2" t="s">
         <v>805</v>
       </c>
-      <c r="D317" s="2" t="s">
-[...9 lines deleted...]
-        <v>646</v>
+      <c r="D318" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E318" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F318" s="2" t="s">
+        <v>785</v>
+      </c>
+      <c r="G318" s="2" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B319" s="2" t="s">
+        <v>806</v>
+      </c>
+      <c r="C319" s="2" t="s">
+        <v>807</v>
+      </c>
+      <c r="D319" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E319" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F319" s="2" t="s">
+        <v>808</v>
+      </c>
+      <c r="G319" s="2" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B320" s="2" t="s">
+        <v>809</v>
+      </c>
+      <c r="C320" s="2" t="s">
+        <v>810</v>
+      </c>
+      <c r="D320" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E320" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F320" s="2" t="s">
+        <v>811</v>
+      </c>
+      <c r="G320" s="2" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B321" s="2" t="s">
+        <v>812</v>
+      </c>
+      <c r="C321" s="2" t="s">
+        <v>813</v>
+      </c>
+      <c r="D321" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E321" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F321" s="2" t="s">
+        <v>814</v>
+      </c>
+      <c r="G321" s="2" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" s="1">
+        <v>82409268800095</v>
+      </c>
+      <c r="B322" s="2" t="s">
+        <v>816</v>
+      </c>
+      <c r="C322" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="D322" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E322" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F322" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="G322" s="2" t="s">
+        <v>653</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -10172,31 +10323,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/02/2026 06:12:37</dc:description>
+  <dc:description>Export en date du 02/17/2026 16:39:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>