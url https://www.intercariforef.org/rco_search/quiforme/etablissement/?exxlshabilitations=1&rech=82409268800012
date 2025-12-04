--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1226">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -3061,50 +3061,56 @@
   <si>
     <t>02/03/2027</t>
   </si>
   <si>
     <t>RNCP40138</t>
   </si>
   <si>
     <t>RNCP40214</t>
   </si>
   <si>
     <t>11/06/2026</t>
   </si>
   <si>
     <t>RNCP40215</t>
   </si>
   <si>
     <t>15/03/2028</t>
   </si>
   <si>
     <t>RNCP40216</t>
   </si>
   <si>
     <t>22/02/2030</t>
   </si>
   <si>
+    <t>RNCP40217</t>
+  </si>
+  <si>
+    <t>20/10/2026</t>
+  </si>
+  <si>
     <t>RNCP40218</t>
   </si>
   <si>
     <t>27/02/2030</t>
   </si>
   <si>
     <t>RNCP40298</t>
   </si>
   <si>
     <t>RNCP403</t>
   </si>
   <si>
     <t>23/03/2023</t>
   </si>
   <si>
     <t>RNCP40313</t>
   </si>
   <si>
     <t>RNCP40314</t>
   </si>
   <si>
     <t>TP Plaquiste spécialisé</t>
   </si>
   <si>
     <t>31/03/2030</t>
@@ -3163,81 +3169,135 @@
   <si>
     <t>RNCP40699</t>
   </si>
   <si>
     <t>19/05/2030</t>
   </si>
   <si>
     <t>RNCP40799</t>
   </si>
   <si>
     <t>TP Technicien informatique de proximité</t>
   </si>
   <si>
     <t>01/09/2030</t>
   </si>
   <si>
     <t>RNCP40800</t>
   </si>
   <si>
     <t>TP Secrétaire assistant médico-administratif</t>
   </si>
   <si>
     <t>RNCP40801</t>
   </si>
   <si>
+    <t>RNCP40990</t>
+  </si>
+  <si>
+    <t>23/08/2030</t>
+  </si>
+  <si>
     <t>RNCP40992</t>
   </si>
   <si>
-    <t>23/08/2030</t>
-[...1 lines deleted...]
-  <si>
     <t>RNCP41239</t>
   </si>
   <si>
     <t>TP Chargé d'accueil et de gestion administrative</t>
   </si>
   <si>
     <t>30/09/2030</t>
   </si>
   <si>
     <t>RNCP41254</t>
   </si>
   <si>
     <t>28/10/2030</t>
   </si>
   <si>
     <t>RNCP41365</t>
   </si>
   <si>
     <t>04/10/2030</t>
   </si>
   <si>
+    <t>RNCP41366</t>
+  </si>
+  <si>
+    <t>04/11/2027</t>
+  </si>
+  <si>
+    <t>RNCP41367</t>
+  </si>
+  <si>
+    <t>27/12/2030</t>
+  </si>
+  <si>
     <t>RNCP41370</t>
   </si>
   <si>
     <t>TP Développeur intégrateur en informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41447</t>
+  </si>
+  <si>
+    <t>27/10/2028</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>RNCP41531</t>
+  </si>
+  <si>
+    <t>28/12/2030</t>
+  </si>
+  <si>
+    <t>RNCP41532</t>
+  </si>
+  <si>
+    <t>03/10/2030</t>
+  </si>
+  <si>
+    <t>RNCP41533</t>
+  </si>
+  <si>
+    <t>07/10/2030</t>
+  </si>
+  <si>
+    <t>RNCP41536</t>
+  </si>
+  <si>
+    <t>08/01/2031</t>
+  </si>
+  <si>
+    <t>RNCP41537</t>
+  </si>
+  <si>
+    <t>07/12/2030</t>
   </si>
   <si>
     <t>RNCP4963</t>
   </si>
   <si>
     <t>TP Technicien(ne) supérieur(e) en gestion de production</t>
   </si>
   <si>
     <t>24/03/2022</t>
   </si>
   <si>
     <t>RNCP5483</t>
   </si>
   <si>
     <t>26/02/2024</t>
   </si>
   <si>
     <t>RNCP5863</t>
   </si>
   <si>
     <t>RNCP5881</t>
   </si>
   <si>
     <t>RNCP5919</t>
   </si>
@@ -4009,51 +4069,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H487"/>
+  <dimension ref="A1:H497"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -13120,2156 +13180,2386 @@
       </c>
       <c r="C395" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D395" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E395" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F395" s="2" t="s">
         <v>1014</v>
       </c>
       <c r="G395" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>1015</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>316</v>
+        <v>414</v>
       </c>
       <c r="D396" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E396" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F396" s="2" t="s">
         <v>1016</v>
       </c>
       <c r="G396" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>1017</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>332</v>
+        <v>316</v>
       </c>
       <c r="D397" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E397" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>682</v>
+        <v>1018</v>
       </c>
       <c r="G397" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B398" s="2" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>722</v>
+        <v>332</v>
       </c>
       <c r="D398" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E398" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>1019</v>
+        <v>682</v>
       </c>
       <c r="G398" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>1020</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>330</v>
+        <v>722</v>
       </c>
       <c r="D399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E399" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>617</v>
+        <v>1021</v>
       </c>
       <c r="G399" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>1022</v>
+        <v>330</v>
       </c>
       <c r="D400" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E400" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1023</v>
+        <v>617</v>
       </c>
       <c r="G400" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B401" s="2" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C401" s="2" t="s">
         <v>1024</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="D401" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E401" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F401" s="2" t="s">
         <v>1025</v>
       </c>
       <c r="G401" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="C402" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="D402" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E402" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F402" s="2" t="s">
         <v>1027</v>
-      </c>
-[...7 lines deleted...]
-        <v>1028</v>
       </c>
       <c r="G402" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B403" s="2" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C403" s="2" t="s">
         <v>1029</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
       <c r="D403" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E403" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F403" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="G403" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>1031</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="D404" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E404" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F404" s="2" t="s">
         <v>1032</v>
       </c>
       <c r="G404" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>1033</v>
       </c>
       <c r="C405" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="D405" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E405" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F405" s="2" t="s">
         <v>1034</v>
-      </c>
-[...7 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="G405" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B406" s="2" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C406" s="2" t="s">
         <v>1036</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D406" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E406" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F406" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="G406" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>528</v>
+        <v>152</v>
       </c>
       <c r="D407" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E407" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="G407" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B408" s="2" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C408" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="D408" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E408" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F408" s="2" t="s">
         <v>1039</v>
-      </c>
-[...10 lines deleted...]
-        <v>1040</v>
       </c>
       <c r="G408" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B409" s="2" t="s">
         <v>1041</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>364</v>
+        <v>388</v>
       </c>
       <c r="D409" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E409" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="G409" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>1043</v>
       </c>
       <c r="C410" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="D410" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E410" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F410" s="2" t="s">
         <v>1044</v>
-      </c>
-[...7 lines deleted...]
-        <v>1045</v>
       </c>
       <c r="G410" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B411" s="2" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C411" s="2" t="s">
         <v>1046</v>
       </c>
-      <c r="C411" s="2" t="s">
+      <c r="D411" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E411" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F411" s="2" t="s">
         <v>1047</v>
-      </c>
-[...7 lines deleted...]
-        <v>1045</v>
       </c>
       <c r="G411" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>1048</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>377</v>
+        <v>1049</v>
       </c>
       <c r="D412" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E412" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1035</v>
+        <v>1047</v>
       </c>
       <c r="G412" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B413" s="2" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>236</v>
+        <v>377</v>
       </c>
       <c r="D413" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E413" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>1050</v>
+        <v>1037</v>
       </c>
       <c r="G413" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>1051</v>
       </c>
       <c r="C414" s="2" t="s">
+        <v>393</v>
+      </c>
+      <c r="D414" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E414" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F414" s="2" t="s">
         <v>1052</v>
-      </c>
-[...7 lines deleted...]
-        <v>1053</v>
       </c>
       <c r="G414" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>1054</v>
+        <v>1053</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>423</v>
+        <v>236</v>
       </c>
       <c r="D415" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E415" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
       <c r="G415" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B416" s="2" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C416" s="2" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D416" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E416" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F416" s="2" t="s">
         <v>1056</v>
-      </c>
-[...10 lines deleted...]
-        <v>1057</v>
       </c>
       <c r="G416" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B417" s="2" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C417" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="D417" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E417" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F417" s="2" t="s">
         <v>1058</v>
-      </c>
-[...10 lines deleted...]
-        <v>1023</v>
       </c>
       <c r="G417" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B418" s="2" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C418" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="D418" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E418" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F418" s="2" t="s">
         <v>1060</v>
-      </c>
-[...10 lines deleted...]
-        <v>1062</v>
       </c>
       <c r="G418" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B419" s="2" t="s">
-        <v>1063</v>
+        <v>1061</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>818</v>
+        <v>420</v>
       </c>
       <c r="D419" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E419" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="G419" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>1065</v>
+        <v>1063</v>
       </c>
       <c r="C420" s="2" t="s">
-        <v>686</v>
+        <v>445</v>
       </c>
       <c r="D420" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E420" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>11</v>
+        <v>1064</v>
       </c>
       <c r="G420" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B421" s="2" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C421" s="2" t="s">
         <v>1066</v>
       </c>
-      <c r="C421" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D421" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E421" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>11</v>
+        <v>1025</v>
       </c>
       <c r="G421" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>728</v>
+        <v>694</v>
       </c>
       <c r="D422" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F422" s="2" t="s">
         <v>1068</v>
       </c>
       <c r="G422" s="2" t="s">
-        <v>12</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B423" s="2" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>1070</v>
+        <v>439</v>
       </c>
       <c r="D423" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E423" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>140</v>
+        <v>1071</v>
       </c>
       <c r="G423" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>811</v>
+        <v>297</v>
       </c>
       <c r="D424" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E424" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="G424" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>842</v>
+        <v>302</v>
       </c>
       <c r="D425" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E425" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>207</v>
+        <v>1075</v>
       </c>
       <c r="G425" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>1075</v>
+        <v>453</v>
       </c>
       <c r="D426" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E426" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="G426" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>1078</v>
+        <v>442</v>
       </c>
       <c r="D427" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E427" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F427" s="2" t="s">
         <v>1079</v>
       </c>
       <c r="G427" s="2" t="s">
-        <v>1080</v>
+        <v>12</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B428" s="2" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C428" s="2" t="s">
         <v>1081</v>
       </c>
-      <c r="C428" s="2" t="s">
+      <c r="D428" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E428" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F428" s="2" t="s">
         <v>1082</v>
       </c>
-      <c r="D428" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G428" s="2" t="s">
-        <v>1080</v>
+        <v>12</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B429" s="2" t="s">
         <v>1083</v>
       </c>
       <c r="C429" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="D429" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E429" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F429" s="2" t="s">
         <v>1084</v>
-      </c>
-[...7 lines deleted...]
-        <v>1085</v>
       </c>
       <c r="G429" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>1087</v>
+        <v>686</v>
       </c>
       <c r="D430" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1085</v>
+        <v>11</v>
       </c>
       <c r="G430" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B431" s="2" t="s">
-        <v>1088</v>
+        <v>1086</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>1089</v>
+        <v>715</v>
       </c>
       <c r="D431" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1085</v>
+        <v>11</v>
       </c>
       <c r="G431" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>1090</v>
+        <v>1087</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>1091</v>
+        <v>728</v>
       </c>
       <c r="D432" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E432" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1092</v>
+        <v>1088</v>
       </c>
       <c r="G432" s="2" t="s">
-        <v>1093</v>
+        <v>12</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B433" s="2" t="s">
-        <v>1094</v>
+        <v>1089</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>1095</v>
+        <v>1090</v>
       </c>
       <c r="D433" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E433" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1092</v>
+        <v>140</v>
       </c>
       <c r="G433" s="2" t="s">
-        <v>1093</v>
+        <v>12</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B434" s="2" t="s">
-        <v>1096</v>
+        <v>1091</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>1097</v>
+        <v>811</v>
       </c>
       <c r="D434" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E434" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F434" s="2" t="s">
         <v>1092</v>
       </c>
       <c r="G434" s="2" t="s">
-        <v>1093</v>
+        <v>12</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>1098</v>
+        <v>1093</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>1099</v>
+        <v>842</v>
       </c>
       <c r="D435" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E435" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1092</v>
+        <v>207</v>
       </c>
       <c r="G435" s="2" t="s">
-        <v>1093</v>
+        <v>12</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B436" s="2" t="s">
-        <v>1100</v>
+        <v>1094</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>1101</v>
+        <v>1095</v>
       </c>
       <c r="D436" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E436" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="G436" s="2" t="s">
-        <v>1093</v>
+        <v>12</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>1102</v>
+        <v>1097</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>1103</v>
+        <v>1098</v>
       </c>
       <c r="D437" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E437" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1092</v>
+        <v>1099</v>
       </c>
       <c r="G437" s="2" t="s">
-        <v>1093</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B438" s="2" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="D438" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E438" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1092</v>
+        <v>1099</v>
       </c>
       <c r="G438" s="2" t="s">
-        <v>1093</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B439" s="2" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="D439" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>1092</v>
+        <v>1105</v>
       </c>
       <c r="G439" s="2" t="s">
-        <v>1093</v>
+        <v>12</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B440" s="2" t="s">
-        <v>1108</v>
+        <v>1106</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>1109</v>
+        <v>1107</v>
       </c>
       <c r="D440" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E440" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>1110</v>
+        <v>1105</v>
       </c>
       <c r="G440" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B441" s="2" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="D441" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E441" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1113</v>
+        <v>1105</v>
       </c>
       <c r="G441" s="2" t="s">
-        <v>1114</v>
+        <v>12</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B442" s="2" t="s">
-        <v>1115</v>
+        <v>1110</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>1116</v>
+        <v>1111</v>
       </c>
       <c r="D442" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F442" s="2" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G442" s="2" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B443" s="2" t="s">
-        <v>1117</v>
+        <v>1114</v>
       </c>
       <c r="C443" s="2" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="D443" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F443" s="2" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G443" s="2" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="C444" s="2" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
       <c r="D444" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F444" s="2" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G444" s="2" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B445" s="2" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D445" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F445" s="2" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G445" s="2" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B446" s="2" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="D446" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F446" s="2" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G446" s="2" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B447" s="2" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
       <c r="D447" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F447" s="2" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G447" s="2" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B448" s="2" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="D448" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F448" s="2" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G448" s="2" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B449" s="2" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="C449" s="2" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="D449" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F449" s="2" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G449" s="2" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B450" s="2" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="C450" s="2" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
       <c r="D450" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E450" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1113</v>
+        <v>1130</v>
       </c>
       <c r="G450" s="2" t="s">
-        <v>1114</v>
+        <v>12</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B451" s="2" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C451" s="2" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D451" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E451" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F451" s="2" t="s">
         <v>1133</v>
       </c>
-      <c r="C451" s="2" t="s">
+      <c r="G451" s="2" t="s">
         <v>1134</v>
-      </c>
-[...10 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B452" s="2" t="s">
         <v>1135</v>
       </c>
       <c r="C452" s="2" t="s">
         <v>1136</v>
       </c>
       <c r="D452" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E452" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1113</v>
+        <v>1133</v>
       </c>
       <c r="G452" s="2" t="s">
-        <v>1114</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B453" s="2" t="s">
         <v>1137</v>
       </c>
       <c r="C453" s="2" t="s">
         <v>1138</v>
       </c>
       <c r="D453" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E453" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1113</v>
+        <v>1133</v>
       </c>
       <c r="G453" s="2" t="s">
-        <v>1114</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B454" s="2" t="s">
         <v>1139</v>
       </c>
       <c r="C454" s="2" t="s">
         <v>1140</v>
       </c>
       <c r="D454" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E454" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>242</v>
+        <v>1133</v>
       </c>
       <c r="G454" s="2" t="s">
-        <v>1141</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B455" s="2" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C455" s="2" t="s">
         <v>1142</v>
       </c>
-      <c r="C455" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D455" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>242</v>
+        <v>1133</v>
       </c>
       <c r="G455" s="2" t="s">
-        <v>1141</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B456" s="2" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C456" s="2" t="s">
         <v>1144</v>
       </c>
-      <c r="C456" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D456" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>242</v>
+        <v>1133</v>
       </c>
       <c r="G456" s="2" t="s">
-        <v>1141</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B457" s="2" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C457" s="2" t="s">
         <v>1146</v>
       </c>
-      <c r="C457" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D457" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>242</v>
+        <v>1133</v>
       </c>
       <c r="G457" s="2" t="s">
-        <v>1141</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B458" s="2" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C458" s="2" t="s">
         <v>1148</v>
       </c>
-      <c r="C458" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D458" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>242</v>
+        <v>1133</v>
       </c>
       <c r="G458" s="2" t="s">
-        <v>1141</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B459" s="2" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C459" s="2" t="s">
         <v>1150</v>
       </c>
-      <c r="C459" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D459" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E459" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1152</v>
+        <v>1133</v>
       </c>
       <c r="G459" s="2" t="s">
-        <v>1153</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>1154</v>
+        <v>1151</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>1155</v>
+        <v>1152</v>
       </c>
       <c r="D460" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E460" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>1152</v>
+        <v>1133</v>
       </c>
       <c r="G460" s="2" t="s">
-        <v>1153</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B461" s="2" t="s">
-        <v>1156</v>
+        <v>1153</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="D461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1152</v>
+        <v>1133</v>
       </c>
       <c r="G461" s="2" t="s">
-        <v>1153</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B462" s="2" t="s">
-        <v>1158</v>
+        <v>1155</v>
       </c>
       <c r="C462" s="2" t="s">
-        <v>1159</v>
+        <v>1156</v>
       </c>
       <c r="D462" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E462" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1152</v>
+        <v>1133</v>
       </c>
       <c r="G462" s="2" t="s">
-        <v>1153</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B463" s="2" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>1112</v>
+        <v>1158</v>
       </c>
       <c r="D463" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E463" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1152</v>
+        <v>1133</v>
       </c>
       <c r="G463" s="2" t="s">
-        <v>1153</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B464" s="2" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C464" s="2" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D464" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E464" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F464" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="G464" s="2" t="s">
         <v>1161</v>
-      </c>
-[...13 lines deleted...]
-        <v>1153</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B465" s="2" t="s">
         <v>1162</v>
       </c>
       <c r="C465" s="2" t="s">
-        <v>1134</v>
+        <v>1163</v>
       </c>
       <c r="D465" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1152</v>
+        <v>242</v>
       </c>
       <c r="G465" s="2" t="s">
-        <v>1153</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B466" s="2" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>1130</v>
+        <v>1165</v>
       </c>
       <c r="D466" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1152</v>
+        <v>242</v>
       </c>
       <c r="G466" s="2" t="s">
-        <v>1153</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B467" s="2" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="C467" s="2" t="s">
-        <v>1136</v>
+        <v>1167</v>
       </c>
       <c r="D467" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1152</v>
+        <v>242</v>
       </c>
       <c r="G467" s="2" t="s">
-        <v>1153</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B468" s="2" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="C468" s="2" t="s">
-        <v>1118</v>
+        <v>1169</v>
       </c>
       <c r="D468" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>1152</v>
+        <v>242</v>
       </c>
       <c r="G468" s="2" t="s">
-        <v>1153</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B469" s="2" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="C469" s="2" t="s">
-        <v>1120</v>
+        <v>1171</v>
       </c>
       <c r="D469" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E469" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1152</v>
+        <v>1172</v>
       </c>
       <c r="G469" s="2" t="s">
-        <v>1153</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B470" s="2" t="s">
-        <v>1167</v>
+        <v>1174</v>
       </c>
       <c r="C470" s="2" t="s">
-        <v>1128</v>
+        <v>1175</v>
       </c>
       <c r="D470" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E470" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1152</v>
+        <v>1172</v>
       </c>
       <c r="G470" s="2" t="s">
-        <v>1153</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B471" s="2" t="s">
-        <v>1168</v>
+        <v>1176</v>
       </c>
       <c r="C471" s="2" t="s">
-        <v>1132</v>
+        <v>1177</v>
       </c>
       <c r="D471" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E471" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>1152</v>
+        <v>1172</v>
       </c>
       <c r="G471" s="2" t="s">
-        <v>1153</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B472" s="2" t="s">
-        <v>1169</v>
+        <v>1178</v>
       </c>
       <c r="C472" s="2" t="s">
-        <v>1122</v>
+        <v>1179</v>
       </c>
       <c r="D472" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E472" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1152</v>
+        <v>1172</v>
       </c>
       <c r="G472" s="2" t="s">
-        <v>1153</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B473" s="2" t="s">
-        <v>1170</v>
+        <v>1180</v>
       </c>
       <c r="C473" s="2" t="s">
-        <v>1124</v>
+        <v>1132</v>
       </c>
       <c r="D473" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E473" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1152</v>
+        <v>1172</v>
       </c>
       <c r="G473" s="2" t="s">
-        <v>1153</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B474" s="2" t="s">
-        <v>1171</v>
+        <v>1181</v>
       </c>
       <c r="C474" s="2" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D474" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E474" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F474" s="2" t="s">
         <v>1172</v>
       </c>
-      <c r="D474" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F474" s="2" t="s">
+      <c r="G474" s="2" t="s">
         <v>1173</v>
-      </c>
-[...1 lines deleted...]
-        <v>1174</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B475" s="2" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c r="C475" s="2" t="s">
-        <v>1176</v>
+        <v>1154</v>
       </c>
       <c r="D475" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E475" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="G475" s="2" t="s">
-        <v>309</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B476" s="2" t="s">
-        <v>1178</v>
+        <v>1183</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>1179</v>
+        <v>1150</v>
       </c>
       <c r="D476" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E476" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="G476" s="2" t="s">
-        <v>309</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B477" s="2" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="C477" s="2" t="s">
-        <v>1181</v>
+        <v>1156</v>
       </c>
       <c r="D477" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E477" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="G477" s="2" t="s">
-        <v>309</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B478" s="2" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="C478" s="2" t="s">
-        <v>1183</v>
+        <v>1138</v>
       </c>
       <c r="D478" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E478" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="G478" s="2" t="s">
-        <v>309</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>1185</v>
+        <v>1140</v>
       </c>
       <c r="D479" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E479" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="G479" s="2" t="s">
-        <v>309</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B480" s="2" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="C480" s="2" t="s">
-        <v>1187</v>
+        <v>1148</v>
       </c>
       <c r="D480" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E480" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="G480" s="2" t="s">
-        <v>309</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B481" s="2" t="s">
         <v>1188</v>
       </c>
       <c r="C481" s="2" t="s">
-        <v>1189</v>
+        <v>1152</v>
       </c>
       <c r="D481" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E481" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="G481" s="2" t="s">
-        <v>309</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>1190</v>
+        <v>1189</v>
       </c>
       <c r="C482" s="2" t="s">
-        <v>1191</v>
+        <v>1142</v>
       </c>
       <c r="D482" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E482" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="G482" s="2" t="s">
-        <v>309</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B483" s="2" t="s">
-        <v>1192</v>
+        <v>1190</v>
       </c>
       <c r="C483" s="2" t="s">
-        <v>1193</v>
+        <v>1144</v>
       </c>
       <c r="D483" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E483" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="G483" s="2" t="s">
-        <v>309</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B484" s="2" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C484" s="2" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D484" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E484" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F484" s="2" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G484" s="2" t="s">
         <v>1194</v>
-      </c>
-[...13 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B485" s="2" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C485" s="2" t="s">
         <v>1196</v>
       </c>
-      <c r="C485" s="2" t="s">
+      <c r="D485" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E485" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F485" s="2" t="s">
         <v>1197</v>
-      </c>
-[...7 lines deleted...]
-        <v>1177</v>
       </c>
       <c r="G485" s="2" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B486" s="2" t="s">
         <v>1198</v>
       </c>
       <c r="C486" s="2" t="s">
         <v>1199</v>
       </c>
       <c r="D486" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E486" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1200</v>
+        <v>1197</v>
       </c>
       <c r="G486" s="2" t="s">
-        <v>1201</v>
+        <v>309</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B487" s="2" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C487" s="2" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D487" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E487" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F487" s="2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G487" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B488" s="2" t="s">
         <v>1202</v>
       </c>
-      <c r="C487" s="2" t="s">
+      <c r="C488" s="2" t="s">
         <v>1203</v>
       </c>
-      <c r="D487" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F487" s="2" t="s">
+      <c r="D488" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E488" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F488" s="2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G488" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B489" s="2" t="s">
         <v>1204</v>
       </c>
-      <c r="G487" s="2" t="s">
+      <c r="C489" s="2" t="s">
         <v>1205</v>
+      </c>
+      <c r="D489" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E489" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F489" s="2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G489" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B490" s="2" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C490" s="2" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D490" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E490" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F490" s="2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G490" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B491" s="2" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C491" s="2" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D491" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E491" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F491" s="2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G491" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B492" s="2" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C492" s="2" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D492" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E492" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F492" s="2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G492" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B493" s="2" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C493" s="2" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D493" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E493" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F493" s="2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G493" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B494" s="2" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C494" s="2" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D494" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E494" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F494" s="2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G494" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B495" s="2" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C495" s="2" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D495" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E495" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F495" s="2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G495" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B496" s="2" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C496" s="2" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D496" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E496" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F496" s="2" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G496" s="2" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B497" s="2" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C497" s="2" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D497" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E497" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F497" s="2" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G497" s="2" t="s">
+        <v>1225</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -15282,31 +15572,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/15/2025 20:55:03</dc:description>
+  <dc:description>Export en date du 12/04/2025 02:56:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>