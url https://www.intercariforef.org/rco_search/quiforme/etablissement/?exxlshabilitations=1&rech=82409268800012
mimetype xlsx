--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1238">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -3211,95 +3211,119 @@
   <si>
     <t>RNCP41254</t>
   </si>
   <si>
     <t>28/10/2030</t>
   </si>
   <si>
     <t>RNCP41365</t>
   </si>
   <si>
     <t>04/10/2030</t>
   </si>
   <si>
     <t>RNCP41366</t>
   </si>
   <si>
     <t>04/11/2027</t>
   </si>
   <si>
     <t>RNCP41367</t>
   </si>
   <si>
     <t>27/12/2030</t>
   </si>
   <si>
+    <t>RNCP41368</t>
+  </si>
+  <si>
+    <t>TP Chef de chantier en voirie et réseaux divers</t>
+  </si>
+  <si>
+    <t>20/10/2030</t>
+  </si>
+  <si>
     <t>RNCP41370</t>
   </si>
   <si>
     <t>TP Développeur intégrateur en informatique industrielle</t>
   </si>
   <si>
     <t>RNCP41447</t>
   </si>
   <si>
     <t>27/10/2028</t>
   </si>
   <si>
     <t>27/10/2025</t>
   </si>
   <si>
     <t>RNCP41531</t>
   </si>
   <si>
     <t>28/12/2030</t>
   </si>
   <si>
     <t>RNCP41532</t>
   </si>
   <si>
     <t>03/10/2030</t>
   </si>
   <si>
     <t>RNCP41533</t>
   </si>
   <si>
     <t>07/10/2030</t>
   </si>
   <si>
     <t>RNCP41536</t>
   </si>
   <si>
     <t>08/01/2031</t>
   </si>
   <si>
     <t>RNCP41537</t>
   </si>
   <si>
     <t>07/12/2030</t>
   </si>
   <si>
+    <t>RNCP41633</t>
+  </si>
+  <si>
+    <t>31/12/2030</t>
+  </si>
+  <si>
+    <t>RNCP41853</t>
+  </si>
+  <si>
+    <t>TP Manager d’établissement marchand</t>
+  </si>
+  <si>
+    <t>02/03/2031</t>
+  </si>
+  <si>
     <t>RNCP4963</t>
   </si>
   <si>
     <t>TP Technicien(ne) supérieur(e) en gestion de production</t>
   </si>
   <si>
     <t>24/03/2022</t>
   </si>
   <si>
     <t>RNCP5483</t>
   </si>
   <si>
     <t>26/02/2024</t>
   </si>
   <si>
     <t>RNCP5863</t>
   </si>
   <si>
     <t>RNCP5881</t>
   </si>
   <si>
     <t>RNCP5919</t>
   </si>
   <si>
     <t>22/02/2023</t>
@@ -3692,50 +3716,62 @@
     <t>Créer et gérer des sites web avec WordPress (Tosa)</t>
   </si>
   <si>
     <t>RS7096</t>
   </si>
   <si>
     <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -4069,51 +4105,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H497"/>
+  <dimension ref="A1:H501"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -13764,1802 +13800,1894 @@
       </c>
       <c r="F420" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="G420" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B421" s="2" t="s">
         <v>1065</v>
       </c>
       <c r="C421" s="2" t="s">
         <v>1066</v>
       </c>
       <c r="D421" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E421" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>1025</v>
+        <v>1067</v>
       </c>
       <c r="G421" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B422" s="2" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>694</v>
+        <v>1069</v>
       </c>
       <c r="D422" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>1068</v>
+        <v>1025</v>
       </c>
       <c r="G422" s="2" t="s">
-        <v>1069</v>
+        <v>12</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>1070</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>439</v>
+        <v>694</v>
       </c>
       <c r="D423" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F423" s="2" t="s">
         <v>1071</v>
       </c>
       <c r="G423" s="2" t="s">
-        <v>12</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>297</v>
+        <v>439</v>
       </c>
       <c r="D424" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E424" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="G424" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="D425" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E425" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="G425" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>453</v>
+        <v>302</v>
       </c>
       <c r="D426" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E426" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="G426" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>442</v>
+        <v>453</v>
       </c>
       <c r="D427" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E427" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="G427" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B428" s="2" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>1081</v>
+        <v>442</v>
       </c>
       <c r="D428" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E428" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F428" s="2" t="s">
         <v>1082</v>
       </c>
       <c r="G428" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B429" s="2" t="s">
         <v>1083</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>818</v>
+        <v>268</v>
       </c>
       <c r="D429" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E429" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F429" s="2" t="s">
         <v>1084</v>
       </c>
       <c r="G429" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B430" s="2" t="s">
         <v>1085</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>686</v>
+        <v>1086</v>
       </c>
       <c r="D430" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E430" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>11</v>
+        <v>1087</v>
       </c>
       <c r="G430" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B431" s="2" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>715</v>
+        <v>1089</v>
       </c>
       <c r="D431" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E431" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>11</v>
+        <v>1090</v>
       </c>
       <c r="G431" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>728</v>
+        <v>818</v>
       </c>
       <c r="D432" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E432" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="G432" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B433" s="2" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>1090</v>
+        <v>686</v>
       </c>
       <c r="D433" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E433" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>140</v>
+        <v>11</v>
       </c>
       <c r="G433" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B434" s="2" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>811</v>
+        <v>715</v>
       </c>
       <c r="D434" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E434" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>1092</v>
+        <v>11</v>
       </c>
       <c r="G434" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>842</v>
+        <v>728</v>
       </c>
       <c r="D435" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E435" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>207</v>
+        <v>1096</v>
       </c>
       <c r="G435" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B436" s="2" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="D436" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E436" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1096</v>
+        <v>140</v>
       </c>
       <c r="G436" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>1098</v>
+        <v>811</v>
       </c>
       <c r="D437" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E437" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="G437" s="2" t="s">
-        <v>1100</v>
+        <v>12</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>1101</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>1102</v>
+        <v>842</v>
       </c>
       <c r="D438" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E438" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1099</v>
+        <v>207</v>
       </c>
       <c r="G438" s="2" t="s">
-        <v>1100</v>
+        <v>12</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B439" s="2" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C439" s="2" t="s">
         <v>1103</v>
       </c>
-      <c r="C439" s="2" t="s">
+      <c r="D439" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E439" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F439" s="2" t="s">
         <v>1104</v>
-      </c>
-[...7 lines deleted...]
-        <v>1105</v>
       </c>
       <c r="G439" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B440" s="2" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C440" s="2" t="s">
         <v>1106</v>
       </c>
-      <c r="C440" s="2" t="s">
+      <c r="D440" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E440" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F440" s="2" t="s">
         <v>1107</v>
       </c>
-      <c r="D440" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G440" s="2" t="s">
-        <v>12</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B441" s="2" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C441" s="2" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D441" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E441" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F441" s="2" t="s">
+        <v>1107</v>
+      </c>
+      <c r="G441" s="2" t="s">
         <v>1108</v>
-      </c>
-[...13 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B442" s="2" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="D442" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="G442" s="2" t="s">
-        <v>1113</v>
+        <v>12</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B443" s="2" t="s">
         <v>1114</v>
       </c>
       <c r="C443" s="2" t="s">
         <v>1115</v>
       </c>
       <c r="D443" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="G443" s="2" t="s">
-        <v>1113</v>
+        <v>12</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B444" s="2" t="s">
         <v>1116</v>
       </c>
       <c r="C444" s="2" t="s">
         <v>1117</v>
       </c>
       <c r="D444" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="G444" s="2" t="s">
-        <v>1113</v>
+        <v>12</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B445" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="C445" s="2" t="s">
         <v>1119</v>
       </c>
       <c r="D445" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E445" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1112</v>
+        <v>1120</v>
       </c>
       <c r="G445" s="2" t="s">
-        <v>1113</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B446" s="2" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C446" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D446" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E446" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F446" s="2" t="s">
         <v>1120</v>
       </c>
-      <c r="C446" s="2" t="s">
+      <c r="G446" s="2" t="s">
         <v>1121</v>
-      </c>
-[...10 lines deleted...]
-        <v>1113</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B447" s="2" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="D447" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E447" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1112</v>
+        <v>1120</v>
       </c>
       <c r="G447" s="2" t="s">
-        <v>1113</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B448" s="2" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="D448" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E448" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1112</v>
+        <v>1120</v>
       </c>
       <c r="G448" s="2" t="s">
-        <v>1113</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B449" s="2" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="C449" s="2" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="D449" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E449" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1112</v>
+        <v>1120</v>
       </c>
       <c r="G449" s="2" t="s">
-        <v>1113</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B450" s="2" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="C450" s="2" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="D450" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1130</v>
+        <v>1120</v>
       </c>
       <c r="G450" s="2" t="s">
-        <v>12</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B451" s="2" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="C451" s="2" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="D451" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>1133</v>
+        <v>1120</v>
       </c>
       <c r="G451" s="2" t="s">
-        <v>1134</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B452" s="2" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C452" s="2" t="s">
         <v>1135</v>
       </c>
-      <c r="C452" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D452" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1133</v>
+        <v>1120</v>
       </c>
       <c r="G452" s="2" t="s">
-        <v>1134</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B453" s="2" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C453" s="2" t="s">
         <v>1137</v>
       </c>
-      <c r="C453" s="2" t="s">
+      <c r="D453" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E453" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F453" s="2" t="s">
         <v>1138</v>
       </c>
-      <c r="D453" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G453" s="2" t="s">
-        <v>1134</v>
+        <v>12</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B454" s="2" t="s">
         <v>1139</v>
       </c>
       <c r="C454" s="2" t="s">
         <v>1140</v>
       </c>
       <c r="D454" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E454" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="G454" s="2" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B455" s="2" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C455" s="2" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D455" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E455" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F455" s="2" t="s">
         <v>1141</v>
       </c>
-      <c r="C455" s="2" t="s">
+      <c r="G455" s="2" t="s">
         <v>1142</v>
-      </c>
-[...10 lines deleted...]
-        <v>1134</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="D456" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E456" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="G456" s="2" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B457" s="2" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="C457" s="2" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="D457" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E457" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="G457" s="2" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B458" s="2" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="C458" s="2" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="D458" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E458" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="G458" s="2" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B459" s="2" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="D459" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E459" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="G459" s="2" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="D460" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E460" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="G460" s="2" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B461" s="2" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="D461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="G461" s="2" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B462" s="2" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="C462" s="2" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="D462" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E462" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="G462" s="2" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B463" s="2" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="D463" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E463" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="G463" s="2" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B464" s="2" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="C464" s="2" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="D464" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E464" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>242</v>
+        <v>1141</v>
       </c>
       <c r="G464" s="2" t="s">
-        <v>1161</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B465" s="2" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="C465" s="2" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="D465" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>242</v>
+        <v>1141</v>
       </c>
       <c r="G465" s="2" t="s">
-        <v>1161</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B466" s="2" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="D466" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>242</v>
+        <v>1141</v>
       </c>
       <c r="G466" s="2" t="s">
-        <v>1161</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B467" s="2" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="C467" s="2" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="D467" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F467" s="2" t="s">
         <v>242</v>
       </c>
       <c r="G467" s="2" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B468" s="2" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="C468" s="2" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="D468" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E468" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F468" s="2" t="s">
         <v>242</v>
       </c>
       <c r="G468" s="2" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B469" s="2" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="C469" s="2" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="D469" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1172</v>
+        <v>242</v>
       </c>
       <c r="G469" s="2" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B470" s="2" t="s">
         <v>1174</v>
       </c>
       <c r="C470" s="2" t="s">
         <v>1175</v>
       </c>
       <c r="D470" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1172</v>
+        <v>242</v>
       </c>
       <c r="G470" s="2" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B471" s="2" t="s">
         <v>1176</v>
       </c>
       <c r="C471" s="2" t="s">
         <v>1177</v>
       </c>
       <c r="D471" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>1172</v>
+        <v>242</v>
       </c>
       <c r="G471" s="2" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B472" s="2" t="s">
         <v>1178</v>
       </c>
       <c r="C472" s="2" t="s">
         <v>1179</v>
       </c>
       <c r="D472" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E472" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
       <c r="G472" s="2" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B473" s="2" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C473" s="2" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D473" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E473" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F473" s="2" t="s">
         <v>1180</v>
       </c>
-      <c r="C473" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G473" s="2" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B474" s="2" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C474" s="2" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D474" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E474" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F474" s="2" t="s">
+        <v>1180</v>
+      </c>
+      <c r="G474" s="2" t="s">
         <v>1181</v>
-      </c>
-[...13 lines deleted...]
-        <v>1173</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B475" s="2" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="C475" s="2" t="s">
-        <v>1154</v>
+        <v>1187</v>
       </c>
       <c r="D475" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E475" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
       <c r="G475" s="2" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B476" s="2" t="s">
-        <v>1183</v>
+        <v>1188</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>1150</v>
+        <v>1140</v>
       </c>
       <c r="D476" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E476" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
       <c r="G476" s="2" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B477" s="2" t="s">
-        <v>1184</v>
+        <v>1189</v>
       </c>
       <c r="C477" s="2" t="s">
-        <v>1156</v>
+        <v>1144</v>
       </c>
       <c r="D477" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E477" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
       <c r="G477" s="2" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B478" s="2" t="s">
-        <v>1185</v>
+        <v>1190</v>
       </c>
       <c r="C478" s="2" t="s">
-        <v>1138</v>
+        <v>1162</v>
       </c>
       <c r="D478" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E478" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
       <c r="G478" s="2" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>1186</v>
+        <v>1191</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>1140</v>
+        <v>1158</v>
       </c>
       <c r="D479" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E479" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
       <c r="G479" s="2" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B480" s="2" t="s">
-        <v>1187</v>
+        <v>1192</v>
       </c>
       <c r="C480" s="2" t="s">
-        <v>1148</v>
+        <v>1164</v>
       </c>
       <c r="D480" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E480" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
       <c r="G480" s="2" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B481" s="2" t="s">
-        <v>1188</v>
+        <v>1193</v>
       </c>
       <c r="C481" s="2" t="s">
-        <v>1152</v>
+        <v>1146</v>
       </c>
       <c r="D481" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E481" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
       <c r="G481" s="2" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="C482" s="2" t="s">
-        <v>1142</v>
+        <v>1148</v>
       </c>
       <c r="D482" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E482" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
       <c r="G482" s="2" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B483" s="2" t="s">
-        <v>1190</v>
+        <v>1195</v>
       </c>
       <c r="C483" s="2" t="s">
-        <v>1144</v>
+        <v>1156</v>
       </c>
       <c r="D483" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E483" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
       <c r="G483" s="2" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B484" s="2" t="s">
-        <v>1191</v>
+        <v>1196</v>
       </c>
       <c r="C484" s="2" t="s">
-        <v>1192</v>
+        <v>1160</v>
       </c>
       <c r="D484" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E484" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>1193</v>
+        <v>1180</v>
       </c>
       <c r="G484" s="2" t="s">
-        <v>1194</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B485" s="2" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="C485" s="2" t="s">
-        <v>1196</v>
+        <v>1150</v>
       </c>
       <c r="D485" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E485" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>1197</v>
+        <v>1180</v>
       </c>
       <c r="G485" s="2" t="s">
-        <v>309</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B486" s="2" t="s">
         <v>1198</v>
       </c>
       <c r="C486" s="2" t="s">
-        <v>1199</v>
+        <v>1152</v>
       </c>
       <c r="D486" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E486" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1197</v>
+        <v>1180</v>
       </c>
       <c r="G486" s="2" t="s">
-        <v>309</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B487" s="2" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C487" s="2" t="s">
         <v>1200</v>
       </c>
-      <c r="C487" s="2" t="s">
+      <c r="D487" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E487" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F487" s="2" t="s">
         <v>1201</v>
       </c>
-      <c r="D487" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G487" s="2" t="s">
-        <v>309</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B488" s="2" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="C488" s="2" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="D488" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E488" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
       <c r="G488" s="2" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B489" s="2" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="C489" s="2" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D489" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E489" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F489" s="2" t="s">
         <v>1205</v>
-      </c>
-[...7 lines deleted...]
-        <v>1197</v>
       </c>
       <c r="G489" s="2" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B490" s="2" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C490" s="2" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="D490" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E490" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
       <c r="G490" s="2" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B491" s="2" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="C491" s="2" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="D491" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E491" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
       <c r="G491" s="2" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B492" s="2" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="C492" s="2" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="D492" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E492" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
       <c r="G492" s="2" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B493" s="2" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="C493" s="2" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="D493" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E493" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
       <c r="G493" s="2" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B494" s="2" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="C494" s="2" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="D494" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E494" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
       <c r="G494" s="2" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="C495" s="2" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="D495" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E495" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
       <c r="G495" s="2" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B496" s="2" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="C496" s="2" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="D496" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E496" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>1220</v>
+        <v>1205</v>
       </c>
       <c r="G496" s="2" t="s">
-        <v>1221</v>
+        <v>309</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B497" s="2" t="s">
         <v>1222</v>
       </c>
       <c r="C497" s="2" t="s">
         <v>1223</v>
       </c>
       <c r="D497" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E497" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F497" s="2" t="s">
+        <v>1205</v>
+      </c>
+      <c r="G497" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B498" s="2" t="s">
         <v>1224</v>
       </c>
-      <c r="G497" s="2" t="s">
+      <c r="C498" s="2" t="s">
         <v>1225</v>
+      </c>
+      <c r="D498" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E498" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F498" s="2" t="s">
+        <v>1205</v>
+      </c>
+      <c r="G498" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B499" s="2" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C499" s="2" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D499" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E499" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F499" s="2" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G499" s="2" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B500" s="2" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C500" s="2" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D500" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E500" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F500" s="2" t="s">
+        <v>1232</v>
+      </c>
+      <c r="G500" s="2" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B501" s="2" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C501" s="2" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D501" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E501" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F501" s="2" t="s">
+        <v>1236</v>
+      </c>
+      <c r="G501" s="2" t="s">
+        <v>1237</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -15572,31 +15700,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/04/2025 02:56:52</dc:description>
+  <dc:description>Export en date du 02/02/2026 05:49:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>