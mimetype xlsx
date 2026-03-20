--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1238">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1264">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -2650,50 +2650,59 @@
   <si>
     <t>RNCP38662</t>
   </si>
   <si>
     <t>RNCP38663</t>
   </si>
   <si>
     <t>TP Employé polyvalent en restauration</t>
   </si>
   <si>
     <t>04/06/2029</t>
   </si>
   <si>
     <t>RNCP38664</t>
   </si>
   <si>
     <t>07/02/2029</t>
   </si>
   <si>
     <t>RNCP38665</t>
   </si>
   <si>
     <t>12/05/2029</t>
   </si>
   <si>
+    <t>RNCP38666</t>
+  </si>
+  <si>
+    <t>TP Responsable d'établissement marchand</t>
+  </si>
+  <si>
+    <t>03/03/2029</t>
+  </si>
+  <si>
     <t>RNCP38667</t>
   </si>
   <si>
     <t>29/07/2029</t>
   </si>
   <si>
     <t>RNCP38668</t>
   </si>
   <si>
     <t>21/03/2026</t>
   </si>
   <si>
     <t>RNCP38676</t>
   </si>
   <si>
     <t>TP Manager d'unité marchande</t>
   </si>
   <si>
     <t>RNCP38713</t>
   </si>
   <si>
     <t>RNCP38718</t>
   </si>
   <si>
     <t>TP Agent de reconditionnement numérique</t>
@@ -3253,75 +3262,144 @@
   <si>
     <t>27/10/2028</t>
   </si>
   <si>
     <t>27/10/2025</t>
   </si>
   <si>
     <t>RNCP41531</t>
   </si>
   <si>
     <t>28/12/2030</t>
   </si>
   <si>
     <t>RNCP41532</t>
   </si>
   <si>
     <t>03/10/2030</t>
   </si>
   <si>
     <t>RNCP41533</t>
   </si>
   <si>
     <t>07/10/2030</t>
   </si>
   <si>
+    <t>RNCP41534</t>
+  </si>
+  <si>
+    <t>14/11/2028</t>
+  </si>
+  <si>
     <t>RNCP41536</t>
   </si>
   <si>
     <t>08/01/2031</t>
   </si>
   <si>
     <t>RNCP41537</t>
   </si>
   <si>
     <t>07/12/2030</t>
   </si>
   <si>
+    <t>RNCP41538</t>
+  </si>
+  <si>
+    <t>21/01/2027</t>
+  </si>
+  <si>
     <t>RNCP41633</t>
   </si>
   <si>
     <t>31/12/2030</t>
   </si>
   <si>
+    <t>RNCP41845</t>
+  </si>
+  <si>
+    <t>TP Technicien de maintenance en marine de plaisance</t>
+  </si>
+  <si>
+    <t>19/01/2031</t>
+  </si>
+  <si>
+    <t>RNCP41846</t>
+  </si>
+  <si>
+    <t>TP Technicien réparateur en mécanique de marine de plaisance</t>
+  </si>
+  <si>
+    <t>26/12/2030</t>
+  </si>
+  <si>
+    <t>RNCP41852</t>
+  </si>
+  <si>
+    <t>15/02/2029</t>
+  </si>
+  <si>
     <t>RNCP41853</t>
   </si>
   <si>
     <t>TP Manager d’établissement marchand</t>
   </si>
   <si>
     <t>02/03/2031</t>
+  </si>
+  <si>
+    <t>RNCP41871</t>
+  </si>
+  <si>
+    <t>TP Installateur en pompe à chaleur et climatisation</t>
+  </si>
+  <si>
+    <t>25/02/2031</t>
+  </si>
+  <si>
+    <t>RNCP41907</t>
+  </si>
+  <si>
+    <t>21/02/2031</t>
+  </si>
+  <si>
+    <t>RNCP41909</t>
+  </si>
+  <si>
+    <t>TP Plombier chauffagiste</t>
+  </si>
+  <si>
+    <t>RNCP41911</t>
+  </si>
+  <si>
+    <t>TP Technicien d’intervention en chauffage, climatisation, sanitaire et énergies renouvelables</t>
+  </si>
+  <si>
+    <t>RNCP42020</t>
+  </si>
+  <si>
+    <t>24/05/2031</t>
   </si>
   <si>
     <t>RNCP4963</t>
   </si>
   <si>
     <t>TP Technicien(ne) supérieur(e) en gestion de production</t>
   </si>
   <si>
     <t>24/03/2022</t>
   </si>
   <si>
     <t>RNCP5483</t>
   </si>
   <si>
     <t>26/02/2024</t>
   </si>
   <si>
     <t>RNCP5863</t>
   </si>
   <si>
     <t>RNCP5881</t>
   </si>
   <si>
     <t>RNCP5919</t>
   </si>
@@ -4105,51 +4183,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H501"/>
+  <dimension ref="A1:H512"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -11721,465 +11799,465 @@
       </c>
       <c r="C330" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>877</v>
       </c>
       <c r="G330" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>878</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>252</v>
+        <v>879</v>
       </c>
       <c r="D331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="G331" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>212</v>
+        <v>252</v>
       </c>
       <c r="D332" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E332" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="G332" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B333" s="2" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>883</v>
+        <v>212</v>
       </c>
       <c r="D333" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>449</v>
+        <v>884</v>
       </c>
       <c r="G333" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B334" s="2" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>655</v>
+        <v>886</v>
       </c>
       <c r="D334" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>843</v>
+        <v>449</v>
       </c>
       <c r="G334" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B335" s="2" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>886</v>
+        <v>655</v>
       </c>
       <c r="D335" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>887</v>
+        <v>843</v>
       </c>
       <c r="G335" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>888</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>550</v>
+        <v>889</v>
       </c>
       <c r="D336" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="G336" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>479</v>
+        <v>550</v>
       </c>
       <c r="D337" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="G337" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>893</v>
+        <v>479</v>
       </c>
       <c r="D338" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F338" s="2" t="s">
         <v>894</v>
       </c>
       <c r="G338" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>895</v>
       </c>
       <c r="C339" s="2" t="s">
         <v>896</v>
       </c>
       <c r="D339" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>897</v>
       </c>
       <c r="G339" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>898</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>42</v>
+        <v>899</v>
       </c>
       <c r="D340" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="G340" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>244</v>
+        <v>42</v>
       </c>
       <c r="D341" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="G341" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B342" s="2" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>903</v>
+        <v>244</v>
       </c>
       <c r="D342" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E342" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F342" s="2" t="s">
         <v>904</v>
       </c>
       <c r="G342" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>905</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>385</v>
+        <v>906</v>
       </c>
       <c r="D343" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E343" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="G343" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B344" s="2" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>277</v>
+        <v>385</v>
       </c>
       <c r="D344" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E344" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="G344" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>910</v>
+        <v>277</v>
       </c>
       <c r="D345" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E345" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>911</v>
       </c>
       <c r="G345" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>912</v>
       </c>
       <c r="C346" s="2" t="s">
         <v>913</v>
       </c>
       <c r="D346" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E346" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F346" s="2" t="s">
         <v>914</v>
       </c>
       <c r="G346" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>915</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>782</v>
+        <v>916</v>
       </c>
       <c r="D347" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E347" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>877</v>
+        <v>917</v>
       </c>
       <c r="G347" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B348" s="2" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>45</v>
+        <v>782</v>
       </c>
       <c r="D348" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E348" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>917</v>
+        <v>877</v>
       </c>
       <c r="G348" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B349" s="2" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C349" s="2" t="s">
-        <v>919</v>
+        <v>45</v>
       </c>
       <c r="D349" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E349" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F349" s="2" t="s">
         <v>920</v>
       </c>
       <c r="G349" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>921</v>
       </c>
       <c r="C350" s="2" t="s">
         <v>922</v>
       </c>
       <c r="D350" s="2" t="s">
@@ -12190,3504 +12268,3757 @@
       </c>
       <c r="F350" s="2" t="s">
         <v>923</v>
       </c>
       <c r="G350" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>924</v>
       </c>
       <c r="C351" s="2" t="s">
         <v>925</v>
       </c>
       <c r="D351" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E351" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>894</v>
+        <v>926</v>
       </c>
       <c r="G351" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>335</v>
+        <v>928</v>
       </c>
       <c r="D352" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E352" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>854</v>
+        <v>897</v>
       </c>
       <c r="G352" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>928</v>
+        <v>335</v>
       </c>
       <c r="D353" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E353" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>543</v>
+        <v>854</v>
       </c>
       <c r="G353" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B354" s="2" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>227</v>
+        <v>931</v>
       </c>
       <c r="D354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>930</v>
+        <v>543</v>
       </c>
       <c r="G354" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B355" s="2" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>263</v>
+        <v>227</v>
       </c>
       <c r="D355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="G355" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>236</v>
+        <v>263</v>
       </c>
       <c r="D356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>394</v>
+        <v>935</v>
       </c>
       <c r="G356" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>935</v>
+        <v>236</v>
       </c>
       <c r="D357" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E357" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>936</v>
+        <v>394</v>
       </c>
       <c r="G357" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>937</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>258</v>
+        <v>938</v>
       </c>
       <c r="D358" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="G358" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>940</v>
+        <v>258</v>
       </c>
       <c r="D359" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E359" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>941</v>
       </c>
       <c r="G359" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>942</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>487</v>
+        <v>943</v>
       </c>
       <c r="D360" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="G360" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>300</v>
+        <v>487</v>
       </c>
       <c r="D361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="G361" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B362" s="2" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>947</v>
+        <v>300</v>
       </c>
       <c r="D362" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E362" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>948</v>
       </c>
       <c r="G362" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>949</v>
       </c>
       <c r="C363" s="2" t="s">
         <v>950</v>
       </c>
       <c r="D363" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E363" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>378</v>
+        <v>951</v>
       </c>
       <c r="G363" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B364" s="2" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>268</v>
+        <v>953</v>
       </c>
       <c r="D364" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E364" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>952</v>
+        <v>378</v>
       </c>
       <c r="G364" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B365" s="2" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>294</v>
+        <v>268</v>
       </c>
       <c r="D365" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E365" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="G365" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B366" s="2" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>956</v>
+        <v>294</v>
       </c>
       <c r="D366" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>957</v>
       </c>
       <c r="G366" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>958</v>
       </c>
       <c r="C367" s="2" t="s">
         <v>959</v>
       </c>
       <c r="D367" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="G367" s="2" t="s">
-        <v>960</v>
+        <v>12</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>961</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>280</v>
+        <v>962</v>
       </c>
       <c r="D368" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="G368" s="2" t="s">
-        <v>12</v>
+        <v>963</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>777</v>
+        <v>280</v>
       </c>
       <c r="D369" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>901</v>
+        <v>965</v>
       </c>
       <c r="G369" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>965</v>
+        <v>777</v>
       </c>
       <c r="D370" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>966</v>
+        <v>904</v>
       </c>
       <c r="G370" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>967</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>349</v>
+        <v>968</v>
       </c>
       <c r="D371" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E371" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="G371" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B372" s="2" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="D372" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="G372" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B373" s="2" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="C373" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="D373" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E373" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F373" s="2" t="s">
         <v>971</v>
-      </c>
-[...7 lines deleted...]
-        <v>972</v>
       </c>
       <c r="G373" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>973</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>308</v>
+        <v>974</v>
       </c>
       <c r="D374" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="G374" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="D375" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="G375" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B376" s="2" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="D376" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E376" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="G376" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B377" s="2" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="D377" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E377" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="G377" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>601</v>
+        <v>302</v>
       </c>
       <c r="D378" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E378" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="G378" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B379" s="2" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>610</v>
+        <v>601</v>
       </c>
       <c r="D379" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E379" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="G379" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B380" s="2" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>305</v>
+        <v>610</v>
       </c>
       <c r="D380" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E380" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="G380" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B381" s="2" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="C381" s="2" t="s">
-        <v>858</v>
+        <v>305</v>
       </c>
       <c r="D381" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E381" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="G381" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>84</v>
+        <v>858</v>
       </c>
       <c r="D382" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E382" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="G382" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B383" s="2" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="C383" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D383" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E383" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F383" s="2" t="s">
         <v>991</v>
-      </c>
-[...7 lines deleted...]
-        <v>669</v>
       </c>
       <c r="G383" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="D384" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E384" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>994</v>
+        <v>669</v>
       </c>
       <c r="G384" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B385" s="2" t="s">
         <v>995</v>
       </c>
       <c r="C385" s="2" t="s">
         <v>996</v>
       </c>
       <c r="D385" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E385" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>176</v>
+        <v>997</v>
       </c>
       <c r="G385" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>319</v>
+        <v>999</v>
       </c>
       <c r="D386" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E386" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>998</v>
+        <v>176</v>
       </c>
       <c r="G386" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="D387" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E387" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="G387" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B388" s="2" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>327</v>
+        <v>314</v>
       </c>
       <c r="D388" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E388" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="G388" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B389" s="2" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>403</v>
+        <v>327</v>
       </c>
       <c r="D389" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E389" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="G389" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B390" s="2" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D390" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E390" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="G390" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>321</v>
+        <v>401</v>
       </c>
       <c r="D391" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E391" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F391" s="2" t="s">
         <v>1007</v>
       </c>
       <c r="G391" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>341</v>
+        <v>321</v>
       </c>
       <c r="D392" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E392" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>1004</v>
+        <v>1010</v>
       </c>
       <c r="G392" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>355</v>
+        <v>341</v>
       </c>
       <c r="D393" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E393" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="G393" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>324</v>
+        <v>355</v>
       </c>
       <c r="D394" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E394" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="G394" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>72</v>
+        <v>324</v>
       </c>
       <c r="D395" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E395" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="G395" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>414</v>
+        <v>72</v>
       </c>
       <c r="D396" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E396" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="G396" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>316</v>
+        <v>414</v>
       </c>
       <c r="D397" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E397" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="G397" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B398" s="2" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>332</v>
+        <v>316</v>
       </c>
       <c r="D398" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E398" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>682</v>
+        <v>1021</v>
       </c>
       <c r="G398" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>722</v>
+        <v>332</v>
       </c>
       <c r="D399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E399" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>1021</v>
+        <v>597</v>
       </c>
       <c r="G399" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>330</v>
+        <v>722</v>
       </c>
       <c r="D400" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E400" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>617</v>
+        <v>1024</v>
       </c>
       <c r="G400" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B401" s="2" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>1024</v>
+        <v>330</v>
       </c>
       <c r="D401" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E401" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1025</v>
+        <v>617</v>
       </c>
       <c r="G401" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>338</v>
+        <v>1027</v>
       </c>
       <c r="D402" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E402" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="G402" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B403" s="2" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C403" s="2" t="s">
-        <v>1029</v>
+        <v>338</v>
       </c>
       <c r="D403" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E403" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F403" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="G403" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>1031</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>383</v>
+        <v>1032</v>
       </c>
       <c r="D404" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E404" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="G404" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B405" s="2" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="D405" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E405" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="G405" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B406" s="2" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>1036</v>
+        <v>374</v>
       </c>
       <c r="D406" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E406" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F406" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="G406" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>152</v>
+        <v>1039</v>
       </c>
       <c r="D407" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E407" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="G407" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B408" s="2" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>528</v>
+        <v>152</v>
       </c>
       <c r="D408" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E408" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="G408" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>388</v>
+        <v>528</v>
       </c>
       <c r="D409" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E409" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="G409" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B410" s="2" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="C410" s="2" t="s">
-        <v>364</v>
+        <v>388</v>
       </c>
       <c r="D410" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E410" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="G410" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B411" s="2" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>1046</v>
+        <v>364</v>
       </c>
       <c r="D411" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E411" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F411" s="2" t="s">
         <v>1047</v>
       </c>
       <c r="G411" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>1048</v>
       </c>
       <c r="C412" s="2" t="s">
         <v>1049</v>
       </c>
       <c r="D412" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E412" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="G412" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B413" s="2" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C413" s="2" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D413" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E413" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F413" s="2" t="s">
         <v>1050</v>
-      </c>
-[...10 lines deleted...]
-        <v>1037</v>
       </c>
       <c r="G413" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B414" s="2" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>393</v>
+        <v>377</v>
       </c>
       <c r="D414" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E414" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>1052</v>
+        <v>1040</v>
       </c>
       <c r="G414" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>236</v>
+        <v>393</v>
       </c>
       <c r="D415" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E415" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="G415" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B416" s="2" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="C416" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="D416" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E416" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F416" s="2" t="s">
         <v>1055</v>
-      </c>
-[...7 lines deleted...]
-        <v>1056</v>
       </c>
       <c r="G416" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B417" s="2" t="s">
         <v>1057</v>
       </c>
       <c r="C417" s="2" t="s">
-        <v>423</v>
+        <v>1058</v>
       </c>
       <c r="D417" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E417" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="G417" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B418" s="2" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="D418" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E418" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="G418" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B419" s="2" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="D419" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E419" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="G419" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="C420" s="2" t="s">
-        <v>445</v>
+        <v>420</v>
       </c>
       <c r="D420" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E420" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="G420" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>1066</v>
+        <v>445</v>
       </c>
       <c r="D421" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E421" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F421" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="G421" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>1068</v>
       </c>
       <c r="C422" s="2" t="s">
         <v>1069</v>
       </c>
       <c r="D422" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E422" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>1025</v>
+        <v>1070</v>
       </c>
       <c r="G422" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B423" s="2" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>694</v>
+        <v>1072</v>
       </c>
       <c r="D423" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>1071</v>
+        <v>1028</v>
       </c>
       <c r="G423" s="2" t="s">
-        <v>1072</v>
+        <v>12</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B424" s="2" t="s">
         <v>1073</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>439</v>
+        <v>694</v>
       </c>
       <c r="D424" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F424" s="2" t="s">
         <v>1074</v>
       </c>
       <c r="G424" s="2" t="s">
-        <v>12</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>297</v>
+        <v>439</v>
       </c>
       <c r="D425" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E425" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="G425" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="D426" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E426" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="G426" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>453</v>
+        <v>302</v>
       </c>
       <c r="D427" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E427" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="G427" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B428" s="2" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>442</v>
+        <v>433</v>
       </c>
       <c r="D428" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E428" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="G428" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B429" s="2" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>268</v>
+        <v>453</v>
       </c>
       <c r="D429" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E429" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="G429" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>1086</v>
+        <v>442</v>
       </c>
       <c r="D430" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E430" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F430" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="G430" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>1088</v>
       </c>
       <c r="C431" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="D431" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E431" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F431" s="2" t="s">
         <v>1089</v>
-      </c>
-[...7 lines deleted...]
-        <v>1090</v>
       </c>
       <c r="G431" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B432" s="2" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C432" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="D432" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E432" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F432" s="2" t="s">
         <v>1091</v>
-      </c>
-[...10 lines deleted...]
-        <v>1092</v>
       </c>
       <c r="G432" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B433" s="2" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C433" s="2" t="s">
         <v>1093</v>
       </c>
-      <c r="C433" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D433" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E433" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>11</v>
+        <v>1094</v>
       </c>
       <c r="G433" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B434" s="2" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>715</v>
+        <v>1096</v>
       </c>
       <c r="D434" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E434" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>11</v>
+        <v>1097</v>
       </c>
       <c r="G434" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>728</v>
+        <v>470</v>
       </c>
       <c r="D435" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E435" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="G435" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B436" s="2" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="D436" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E436" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>140</v>
+        <v>1102</v>
       </c>
       <c r="G436" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>811</v>
+        <v>1104</v>
       </c>
       <c r="D437" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E437" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1100</v>
+        <v>1105</v>
       </c>
       <c r="G437" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B438" s="2" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>842</v>
+        <v>502</v>
       </c>
       <c r="D438" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E438" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>207</v>
+        <v>1107</v>
       </c>
       <c r="G438" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B439" s="2" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C439" s="2" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D439" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E439" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F439" s="2" t="s">
         <v>1102</v>
-      </c>
-[...10 lines deleted...]
-        <v>1104</v>
       </c>
       <c r="G439" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B440" s="2" t="s">
-        <v>1105</v>
+        <v>1110</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="D440" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E440" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>1107</v>
+        <v>1102</v>
       </c>
       <c r="G440" s="2" t="s">
-        <v>1108</v>
+        <v>12</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B441" s="2" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>1110</v>
+        <v>547</v>
       </c>
       <c r="D441" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E441" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1107</v>
+        <v>1113</v>
       </c>
       <c r="G441" s="2" t="s">
-        <v>1108</v>
+        <v>12</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B442" s="2" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="D442" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="G442" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B443" s="2" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="C443" s="2" t="s">
-        <v>1115</v>
+        <v>818</v>
       </c>
       <c r="D443" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1113</v>
+        <v>1118</v>
       </c>
       <c r="G443" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="C444" s="2" t="s">
-        <v>1117</v>
+        <v>686</v>
       </c>
       <c r="D444" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1113</v>
+        <v>11</v>
       </c>
       <c r="G444" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B445" s="2" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>1119</v>
+        <v>715</v>
       </c>
       <c r="D445" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E445" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1120</v>
+        <v>11</v>
       </c>
       <c r="G445" s="2" t="s">
-        <v>1121</v>
+        <v>12</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B446" s="2" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C446" s="2" t="s">
+        <v>728</v>
+      </c>
+      <c r="D446" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E446" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F446" s="2" t="s">
         <v>1122</v>
       </c>
-      <c r="C446" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G446" s="2" t="s">
-        <v>1121</v>
+        <v>12</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B447" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C447" s="2" t="s">
         <v>1124</v>
       </c>
-      <c r="C447" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D447" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E447" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1120</v>
+        <v>140</v>
       </c>
       <c r="G447" s="2" t="s">
-        <v>1121</v>
+        <v>12</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B448" s="2" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C448" s="2" t="s">
+        <v>811</v>
+      </c>
+      <c r="D448" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E448" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F448" s="2" t="s">
         <v>1126</v>
       </c>
-      <c r="C448" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G448" s="2" t="s">
-        <v>1121</v>
+        <v>12</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B449" s="2" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="C449" s="2" t="s">
-        <v>1129</v>
+        <v>842</v>
       </c>
       <c r="D449" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E449" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1120</v>
+        <v>207</v>
       </c>
       <c r="G449" s="2" t="s">
-        <v>1121</v>
+        <v>12</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B450" s="2" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C450" s="2" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D450" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E450" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F450" s="2" t="s">
         <v>1130</v>
       </c>
-      <c r="C450" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G450" s="2" t="s">
-        <v>1121</v>
+        <v>12</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B451" s="2" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C451" s="2" t="s">
         <v>1132</v>
       </c>
-      <c r="C451" s="2" t="s">
+      <c r="D451" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E451" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F451" s="2" t="s">
         <v>1133</v>
       </c>
-      <c r="D451" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G451" s="2" t="s">
-        <v>1121</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B452" s="2" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C452" s="2" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D452" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E452" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F452" s="2" t="s">
+        <v>1133</v>
+      </c>
+      <c r="G452" s="2" t="s">
         <v>1134</v>
-      </c>
-[...13 lines deleted...]
-        <v>1121</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B453" s="2" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="C453" s="2" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="D453" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E453" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="G453" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B454" s="2" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C454" s="2" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D454" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E454" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F454" s="2" t="s">
         <v>1139</v>
       </c>
-      <c r="C454" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G454" s="2" t="s">
-        <v>1142</v>
+        <v>12</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B455" s="2" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C455" s="2" t="s">
         <v>1143</v>
       </c>
-      <c r="C455" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D455" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E455" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="G455" s="2" t="s">
-        <v>1142</v>
+        <v>12</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B456" s="2" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C456" s="2" t="s">
         <v>1145</v>
       </c>
-      <c r="C456" s="2" t="s">
+      <c r="D456" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E456" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F456" s="2" t="s">
         <v>1146</v>
       </c>
-      <c r="D456" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G456" s="2" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B457" s="2" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C457" s="2" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D457" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E457" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F457" s="2" t="s">
+        <v>1146</v>
+      </c>
+      <c r="G457" s="2" t="s">
         <v>1147</v>
-      </c>
-[...13 lines deleted...]
-        <v>1142</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B458" s="2" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="C458" s="2" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="D458" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="G458" s="2" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B459" s="2" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="D459" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="G459" s="2" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="D460" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="G460" s="2" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B461" s="2" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="D461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="G461" s="2" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B462" s="2" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="C462" s="2" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="D462" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="G462" s="2" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B463" s="2" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="D463" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="G463" s="2" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B464" s="2" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="C464" s="2" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="D464" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E464" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>1141</v>
+        <v>1164</v>
       </c>
       <c r="G464" s="2" t="s">
-        <v>1142</v>
+        <v>12</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B465" s="2" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="C465" s="2" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="D465" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E465" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1141</v>
+        <v>1167</v>
       </c>
       <c r="G465" s="2" t="s">
-        <v>1142</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B466" s="2" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="D466" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E466" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1141</v>
+        <v>1167</v>
       </c>
       <c r="G466" s="2" t="s">
-        <v>1142</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B467" s="2" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C467" s="2" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D467" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E467" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F467" s="2" t="s">
         <v>1167</v>
       </c>
-      <c r="C467" s="2" t="s">
+      <c r="G467" s="2" t="s">
         <v>1168</v>
-      </c>
-[...10 lines deleted...]
-        <v>1169</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B468" s="2" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="C468" s="2" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="D468" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>242</v>
+        <v>1167</v>
       </c>
       <c r="G468" s="2" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B469" s="2" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="C469" s="2" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="D469" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>242</v>
+        <v>1167</v>
       </c>
       <c r="G469" s="2" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B470" s="2" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="C470" s="2" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="D470" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>242</v>
+        <v>1167</v>
       </c>
       <c r="G470" s="2" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B471" s="2" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="C471" s="2" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="D471" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>242</v>
+        <v>1167</v>
       </c>
       <c r="G471" s="2" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B472" s="2" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="C472" s="2" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="D472" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E472" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1180</v>
+        <v>1167</v>
       </c>
       <c r="G472" s="2" t="s">
-        <v>1181</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B473" s="2" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="C473" s="2" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="D473" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E473" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1180</v>
+        <v>1167</v>
       </c>
       <c r="G473" s="2" t="s">
-        <v>1181</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B474" s="2" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="C474" s="2" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="D474" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E474" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1180</v>
+        <v>1167</v>
       </c>
       <c r="G474" s="2" t="s">
-        <v>1181</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B475" s="2" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="C475" s="2" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="D475" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E475" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1180</v>
+        <v>1167</v>
       </c>
       <c r="G475" s="2" t="s">
-        <v>1181</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B476" s="2" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>1140</v>
+        <v>1190</v>
       </c>
       <c r="D476" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E476" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1180</v>
+        <v>1167</v>
       </c>
       <c r="G476" s="2" t="s">
-        <v>1181</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B477" s="2" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="C477" s="2" t="s">
-        <v>1144</v>
+        <v>1192</v>
       </c>
       <c r="D477" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E477" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1180</v>
+        <v>1167</v>
       </c>
       <c r="G477" s="2" t="s">
-        <v>1181</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B478" s="2" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="C478" s="2" t="s">
-        <v>1162</v>
+        <v>1194</v>
       </c>
       <c r="D478" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E478" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1180</v>
+        <v>242</v>
       </c>
       <c r="G478" s="2" t="s">
-        <v>1181</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>1191</v>
+        <v>1196</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>1158</v>
+        <v>1197</v>
       </c>
       <c r="D479" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1180</v>
+        <v>242</v>
       </c>
       <c r="G479" s="2" t="s">
-        <v>1181</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B480" s="2" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
       <c r="C480" s="2" t="s">
-        <v>1164</v>
+        <v>1199</v>
       </c>
       <c r="D480" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1180</v>
+        <v>242</v>
       </c>
       <c r="G480" s="2" t="s">
-        <v>1181</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B481" s="2" t="s">
-        <v>1193</v>
+        <v>1200</v>
       </c>
       <c r="C481" s="2" t="s">
-        <v>1146</v>
+        <v>1201</v>
       </c>
       <c r="D481" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1180</v>
+        <v>242</v>
       </c>
       <c r="G481" s="2" t="s">
-        <v>1181</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>1194</v>
+        <v>1202</v>
       </c>
       <c r="C482" s="2" t="s">
-        <v>1148</v>
+        <v>1203</v>
       </c>
       <c r="D482" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1180</v>
+        <v>242</v>
       </c>
       <c r="G482" s="2" t="s">
-        <v>1181</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B483" s="2" t="s">
-        <v>1195</v>
+        <v>1204</v>
       </c>
       <c r="C483" s="2" t="s">
-        <v>1156</v>
+        <v>1205</v>
       </c>
       <c r="D483" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E483" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1180</v>
+        <v>1206</v>
       </c>
       <c r="G483" s="2" t="s">
-        <v>1181</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B484" s="2" t="s">
-        <v>1196</v>
+        <v>1208</v>
       </c>
       <c r="C484" s="2" t="s">
-        <v>1160</v>
+        <v>1209</v>
       </c>
       <c r="D484" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E484" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>1180</v>
+        <v>1206</v>
       </c>
       <c r="G484" s="2" t="s">
-        <v>1181</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B485" s="2" t="s">
-        <v>1197</v>
+        <v>1210</v>
       </c>
       <c r="C485" s="2" t="s">
-        <v>1150</v>
+        <v>1211</v>
       </c>
       <c r="D485" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E485" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>1180</v>
+        <v>1206</v>
       </c>
       <c r="G485" s="2" t="s">
-        <v>1181</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B486" s="2" t="s">
-        <v>1198</v>
+        <v>1212</v>
       </c>
       <c r="C486" s="2" t="s">
-        <v>1152</v>
+        <v>1213</v>
       </c>
       <c r="D486" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E486" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1180</v>
+        <v>1206</v>
       </c>
       <c r="G486" s="2" t="s">
-        <v>1181</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B487" s="2" t="s">
-        <v>1199</v>
+        <v>1214</v>
       </c>
       <c r="C487" s="2" t="s">
-        <v>1200</v>
+        <v>1166</v>
       </c>
       <c r="D487" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E487" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>1201</v>
+        <v>1206</v>
       </c>
       <c r="G487" s="2" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B488" s="2" t="s">
-        <v>1203</v>
+        <v>1215</v>
       </c>
       <c r="C488" s="2" t="s">
-        <v>1204</v>
+        <v>1170</v>
       </c>
       <c r="D488" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E488" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="G488" s="2" t="s">
-        <v>309</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B489" s="2" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C489" s="2" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D489" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E489" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F489" s="2" t="s">
         <v>1206</v>
       </c>
-      <c r="C489" s="2" t="s">
+      <c r="G489" s="2" t="s">
         <v>1207</v>
-      </c>
-[...10 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B490" s="2" t="s">
-        <v>1208</v>
+        <v>1217</v>
       </c>
       <c r="C490" s="2" t="s">
-        <v>1209</v>
+        <v>1184</v>
       </c>
       <c r="D490" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E490" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="G490" s="2" t="s">
-        <v>309</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B491" s="2" t="s">
-        <v>1210</v>
+        <v>1218</v>
       </c>
       <c r="C491" s="2" t="s">
-        <v>1211</v>
+        <v>1190</v>
       </c>
       <c r="D491" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E491" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="G491" s="2" t="s">
-        <v>309</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B492" s="2" t="s">
-        <v>1212</v>
+        <v>1219</v>
       </c>
       <c r="C492" s="2" t="s">
-        <v>1213</v>
+        <v>1172</v>
       </c>
       <c r="D492" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E492" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="G492" s="2" t="s">
-        <v>309</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B493" s="2" t="s">
-        <v>1214</v>
+        <v>1220</v>
       </c>
       <c r="C493" s="2" t="s">
-        <v>1215</v>
+        <v>1174</v>
       </c>
       <c r="D493" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E493" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="G493" s="2" t="s">
-        <v>309</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B494" s="2" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="C494" s="2" t="s">
-        <v>1217</v>
+        <v>1182</v>
       </c>
       <c r="D494" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E494" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="G494" s="2" t="s">
-        <v>309</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="C495" s="2" t="s">
-        <v>1219</v>
+        <v>1186</v>
       </c>
       <c r="D495" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E495" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="G495" s="2" t="s">
-        <v>309</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B496" s="2" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="C496" s="2" t="s">
-        <v>1221</v>
+        <v>1176</v>
       </c>
       <c r="D496" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E496" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="G496" s="2" t="s">
-        <v>309</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B497" s="2" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="C497" s="2" t="s">
-        <v>1223</v>
+        <v>1178</v>
       </c>
       <c r="D497" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E497" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="G497" s="2" t="s">
-        <v>309</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B498" s="2" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="C498" s="2" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="D498" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E498" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>1205</v>
+        <v>1227</v>
       </c>
       <c r="G498" s="2" t="s">
-        <v>309</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B499" s="2" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="C499" s="2" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="D499" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E499" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="G499" s="2" t="s">
-        <v>1229</v>
+        <v>309</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B500" s="2" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="C500" s="2" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D500" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E500" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F500" s="2" t="s">
         <v>1231</v>
       </c>
-      <c r="D500" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G500" s="2" t="s">
-        <v>1233</v>
+        <v>309</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B501" s="2" t="s">
         <v>1234</v>
       </c>
       <c r="C501" s="2" t="s">
         <v>1235</v>
       </c>
       <c r="D501" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E501" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F501" s="2" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G501" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B502" s="2" t="s">
         <v>1236</v>
       </c>
-      <c r="G501" s="2" t="s">
+      <c r="C502" s="2" t="s">
         <v>1237</v>
+      </c>
+      <c r="D502" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E502" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F502" s="2" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G502" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B503" s="2" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C503" s="2" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D503" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E503" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F503" s="2" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G503" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B504" s="2" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C504" s="2" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D504" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E504" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F504" s="2" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G504" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B505" s="2" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C505" s="2" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D505" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E505" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F505" s="2" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G505" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B506" s="2" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C506" s="2" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D506" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E506" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F506" s="2" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G506" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B507" s="2" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C507" s="2" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D507" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E507" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F507" s="2" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G507" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B508" s="2" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C508" s="2" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D508" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E508" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F508" s="2" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G508" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B509" s="2" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C509" s="2" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D509" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E509" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F509" s="2" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G509" s="2" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B510" s="2" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C510" s="2" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D510" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E510" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F510" s="2" t="s">
+        <v>1254</v>
+      </c>
+      <c r="G510" s="2" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B511" s="2" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C511" s="2" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D511" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E511" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F511" s="2" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G511" s="2" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" s="1">
+        <v>82409268800012</v>
+      </c>
+      <c r="B512" s="2" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C512" s="2" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D512" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E512" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F512" s="2" t="s">
+        <v>1262</v>
+      </c>
+      <c r="G512" s="2" t="s">
+        <v>1263</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -15700,31 +16031,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/02/2026 05:49:03</dc:description>
+  <dc:description>Export en date du 03/20/2026 15:26:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>