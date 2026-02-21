--- v0 (2025-11-03)
+++ v1 (2026-02-21)
@@ -127,183 +127,183 @@
   <si>
     <t>RNCP34703</t>
   </si>
   <si>
     <t>Responsable du développement commercial</t>
   </si>
   <si>
     <t>29/06/2022</t>
   </si>
   <si>
     <t>29/06/2020</t>
   </si>
   <si>
     <t>RNCP34734</t>
   </si>
   <si>
     <t>Chargé de gestion et management</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>30/06/2020</t>
   </si>
   <si>
-    <t>RNCP35030</t>
+    <t>RNCP35233</t>
+  </si>
+  <si>
+    <t>TP Assistant manager d’unité marchande</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>RNCP35304</t>
+  </si>
+  <si>
+    <t>TP Conseiller relation client à distance</t>
+  </si>
+  <si>
+    <t>06/07/2026</t>
+  </si>
+  <si>
+    <t>RNCP36237</t>
+  </si>
+  <si>
+    <t>TP Technicien en logistique d'entreposage</t>
+  </si>
+  <si>
+    <t>21/04/2027</t>
+  </si>
+  <si>
+    <t>RNCP36726</t>
+  </si>
+  <si>
+    <t>20/07/2023</t>
+  </si>
+  <si>
+    <t>20/07/2022</t>
+  </si>
+  <si>
+    <t>RNCP36804</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>RNCP37098</t>
+  </si>
+  <si>
+    <t>TP Conseiller de vente</t>
+  </si>
+  <si>
+    <t>25/01/2028</t>
+  </si>
+  <si>
+    <t>RNCP37099</t>
+  </si>
+  <si>
+    <t>TP Employé commercial</t>
+  </si>
+  <si>
+    <t>15/12/2027</t>
+  </si>
+  <si>
+    <t>RNCP37277</t>
+  </si>
+  <si>
+    <t>TP Technicien supérieur en méthodes et exploitation logistique</t>
+  </si>
+  <si>
+    <t>08/03/2028</t>
+  </si>
+  <si>
+    <t>RNCP37849</t>
+  </si>
+  <si>
+    <t>19/07/2026</t>
+  </si>
+  <si>
+    <t>19/07/2023</t>
+  </si>
+  <si>
+    <t>RNCP37949</t>
+  </si>
+  <si>
+    <t>01/12/2028</t>
+  </si>
+  <si>
+    <t>RNCP38575</t>
+  </si>
+  <si>
+    <t>TP Responsable de petite ou moyenne structure</t>
+  </si>
+  <si>
+    <t>08/02/2029</t>
+  </si>
+  <si>
+    <t>RNCP38666</t>
+  </si>
+  <si>
+    <t>TP Responsable d'établissement marchand</t>
+  </si>
+  <si>
+    <t>03/03/2029</t>
+  </si>
+  <si>
+    <t>RNCP38667</t>
+  </si>
+  <si>
+    <t>29/07/2029</t>
+  </si>
+  <si>
+    <t>RNCP38676</t>
+  </si>
+  <si>
+    <t>TP Manager d'unité marchande</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>RNCP39063</t>
+  </si>
+  <si>
+    <t>TP Négociateur technico-commercial</t>
+  </si>
+  <si>
+    <t>10/06/2029</t>
+  </si>
+  <si>
+    <t>RNCP41366</t>
   </si>
   <si>
     <t>TP Assistant ressources humaines</t>
   </si>
   <si>
-    <t>05/11/2025</t>
-[...125 lines deleted...]
-    <t>10/06/2029</t>
+    <t>04/11/2027</t>
   </si>
   <si>
     <t>RS137</t>
   </si>
   <si>
     <t>PCIE - Passeport de Compétences Informatique Européen</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS5190</t>
   </si>
   <si>
     <t>Utilisation d'un logiciel de PAO (PCIE - ICDL)</t>
   </si>
   <si>
     <t>29/05/2025</t>
   </si>
   <si>
     <t>29/05/2020</t>
   </si>
   <si>
     <t>RS5191</t>
   </si>
@@ -1074,97 +1074,97 @@
       </c>
       <c r="C12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>82393118300011</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D13" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F13" s="2" t="s">
+      <c r="G13" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>82393118300011</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>82393118300011</v>
       </c>
       <c r="B15" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C15" s="2" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>82393118300011</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D16" s="2" t="s">
@@ -1189,166 +1189,166 @@
       </c>
       <c r="C17" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>82393118300011</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="D18" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F18" s="2" t="s">
+      <c r="G18" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>82393118300011</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>82393118300011</v>
       </c>
       <c r="B20" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C20" s="2" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1">
         <v>82393118300011</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1">
         <v>82393118300011</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>72</v>
-      </c>
-[...7 lines deleted...]
-        <v>73</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1">
         <v>82393118300011</v>
       </c>
       <c r="B23" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C23" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>82393118300011</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D24" s="2" t="s">
@@ -1764,31 +1764,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/03/2025 17:07:02</dc:description>
+  <dc:description>Export en date du 02/21/2026 16:42:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>