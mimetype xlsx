--- v0 (2025-11-02)
+++ v1 (2026-02-01)
@@ -127,216 +127,216 @@
   <si>
     <t>Responsable commercial et marketing</t>
   </si>
   <si>
     <t>RNCP32180</t>
   </si>
   <si>
     <t>Responsable du développement des ressources humaines</t>
   </si>
   <si>
     <t>04/01/2022</t>
   </si>
   <si>
     <t>RNCP34333</t>
   </si>
   <si>
     <t>Manager opérationnel de business unit</t>
   </si>
   <si>
     <t>18/11/2024</t>
   </si>
   <si>
     <t>18/11/2019</t>
   </si>
   <si>
-    <t>RNCP35030</t>
+    <t>RNCP35593</t>
+  </si>
+  <si>
+    <t>Directeur de projets image et communication</t>
+  </si>
+  <si>
+    <t>19/05/2026</t>
+  </si>
+  <si>
+    <t>19/05/2021</t>
+  </si>
+  <si>
+    <t>RNCP35894</t>
+  </si>
+  <si>
+    <t>15/09/2023</t>
+  </si>
+  <si>
+    <t>15/09/2021</t>
+  </si>
+  <si>
+    <t>RNCP36382</t>
+  </si>
+  <si>
+    <t>25/04/2025</t>
+  </si>
+  <si>
+    <t>25/04/2022</t>
+  </si>
+  <si>
+    <t>RNCP36387</t>
+  </si>
+  <si>
+    <t>Manager des ressources humaines</t>
+  </si>
+  <si>
+    <t>25/04/2024</t>
+  </si>
+  <si>
+    <t>RNCP36911</t>
+  </si>
+  <si>
+    <t>Expert en Ingénierie patrimoniale</t>
+  </si>
+  <si>
+    <t>29/09/2027</t>
+  </si>
+  <si>
+    <t>29/09/2022</t>
+  </si>
+  <si>
+    <t>RNCP36995</t>
+  </si>
+  <si>
+    <t>Chargé des ressources humaines</t>
+  </si>
+  <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>24/10/2022</t>
+  </si>
+  <si>
+    <t>RNCP37865</t>
+  </si>
+  <si>
+    <t>Responsable en gestion d'activité opérationnelle</t>
+  </si>
+  <si>
+    <t>19/07/2026</t>
+  </si>
+  <si>
+    <t>19/07/2023</t>
+  </si>
+  <si>
+    <t>RNCP37948</t>
+  </si>
+  <si>
+    <t>TP Gestionnaire de paie</t>
+  </si>
+  <si>
+    <t>29/12/2028</t>
+  </si>
+  <si>
+    <t>RNCP38125</t>
+  </si>
+  <si>
+    <t>18/10/2026</t>
+  </si>
+  <si>
+    <t>18/10/2023</t>
+  </si>
+  <si>
+    <t>RNCP38583</t>
+  </si>
+  <si>
+    <t>Manager du développement commercial</t>
+  </si>
+  <si>
+    <t>09/02/2027</t>
+  </si>
+  <si>
+    <t>09/02/2024</t>
+  </si>
+  <si>
+    <t>RNCP38667</t>
+  </si>
+  <si>
+    <t>TP Assistant de direction</t>
+  </si>
+  <si>
+    <t>29/07/2029</t>
+  </si>
+  <si>
+    <t>RNCP38676</t>
+  </si>
+  <si>
+    <t>TP Manager d'unité marchande</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>RNCP38808</t>
+  </si>
+  <si>
+    <t>Responsable d'activité commerciale et marketing</t>
+  </si>
+  <si>
+    <t>27/03/2027</t>
+  </si>
+  <si>
+    <t>27/03/2024</t>
+  </si>
+  <si>
+    <t>RNCP38830</t>
+  </si>
+  <si>
+    <t>Chargé d'affaires commerciales</t>
+  </si>
+  <si>
+    <t>RNCP38833</t>
+  </si>
+  <si>
+    <t>27/03/2029</t>
+  </si>
+  <si>
+    <t>RNCP41101</t>
+  </si>
+  <si>
+    <t>Responsable de business unit</t>
+  </si>
+  <si>
+    <t>18/07/2028</t>
+  </si>
+  <si>
+    <t>18/07/2025</t>
+  </si>
+  <si>
+    <t>RNCP41366</t>
   </si>
   <si>
     <t>TP Assistant ressources humaines</t>
   </si>
   <si>
-    <t>05/11/2025</t>
-[...158 lines deleted...]
-    <t>18/07/2025</t>
+    <t>04/11/2027</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -938,419 +938,419 @@
       </c>
       <c r="G10" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>64</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="D19" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F19" s="2" t="s">
+      <c r="G19" s="2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>13</v>
+        <v>69</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>74</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>75</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>11</v>
+        <v>81</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B24" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="G24" s="2" t="s">
         <v>81</v>
-      </c>
-[...13 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B25" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="C25" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G25" s="2" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B26" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C26" s="2" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>82041060300022</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>92</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1363,31 +1363,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/02/2025 15:03:33</dc:description>
+  <dc:description>Export en date du 02/01/2026 09:19:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>