--- v1 (2026-02-01)
+++ v2 (2026-03-18)
@@ -1363,31 +1363,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/01/2026 09:19:24</dc:description>
+  <dc:description>Export en date du 03/18/2026 20:28:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>