--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -88,87 +88,87 @@
   <si>
     <t>TP Développeur web et web mobile</t>
   </si>
   <si>
     <t>RNCP31115</t>
   </si>
   <si>
     <t>TP Technicien supérieur systèmes et réseaux</t>
   </si>
   <si>
     <t>RNCP34922</t>
   </si>
   <si>
     <t>Community manager</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>14/09/2025</t>
   </si>
   <si>
     <t>14/09/2020</t>
   </si>
   <si>
-    <t>RNCP35030</t>
+    <t>RNCP35634</t>
+  </si>
+  <si>
+    <t>TP Concepteur designer UI</t>
+  </si>
+  <si>
+    <t>13/07/2026</t>
+  </si>
+  <si>
+    <t>RNCP36804</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>RNCP37674</t>
+  </si>
+  <si>
+    <t>01/09/2028</t>
+  </si>
+  <si>
+    <t>RNCP37680</t>
+  </si>
+  <si>
+    <t>01/09/2026</t>
+  </si>
+  <si>
+    <t>RNCP37682</t>
+  </si>
+  <si>
+    <t>RNCP41366</t>
   </si>
   <si>
     <t>TP Assistant ressources humaines</t>
   </si>
   <si>
-    <t>05/11/2025</t>
-[...29 lines deleted...]
-    <t>RNCP37682</t>
+    <t>04/11/2027</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -689,152 +689,152 @@
       </c>
       <c r="C7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>81169891900016</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>28</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>81169891900016</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>30</v>
-      </c>
-[...10 lines deleted...]
-        <v>31</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>81169891900016</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>32</v>
-      </c>
-[...10 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>81169891900016</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>81169891900016</v>
       </c>
       <c r="B12" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>36</v>
-      </c>
-[...10 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -850,31 +850,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/21/2025 18:36:00</dc:description>
+  <dc:description>Export en date du 12/06/2025 18:32:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>