--- v1 (2025-12-06)
+++ v2 (2026-02-08)
@@ -850,31 +850,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/06/2025 18:32:44</dc:description>
+  <dc:description>Export en date du 02/08/2026 07:07:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>