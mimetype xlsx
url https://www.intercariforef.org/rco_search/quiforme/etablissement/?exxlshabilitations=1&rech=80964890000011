--- v0 (2025-10-31)
+++ v1 (2026-01-30)
@@ -262,102 +262,102 @@
   <si>
     <t>RS6426</t>
   </si>
   <si>
     <t>Communiquer en italien dans un contexte professionnel - LEVELTEL</t>
   </si>
   <si>
     <t>15/11/2026</t>
   </si>
   <si>
     <t>15/11/2023</t>
   </si>
   <si>
     <t>RS6428</t>
   </si>
   <si>
     <t>Communiquer en espagnol dans un contexte professionnel - LEVELTEL</t>
   </si>
   <si>
     <t>RS6429</t>
   </si>
   <si>
     <t>Communiquer en allemand dans un contexte professionnel - LEVELTEL</t>
   </si>
   <si>
-    <t>RS6534</t>
-[...10 lines deleted...]
-  <si>
     <t>RS6663</t>
   </si>
   <si>
     <t>27/06/2026</t>
   </si>
   <si>
     <t>27/06/2024</t>
   </si>
   <si>
     <t>RS7229</t>
   </si>
   <si>
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>RS7236</t>
   </si>
   <si>
     <t>RS7314</t>
   </si>
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>RS7315</t>
   </si>
   <si>
     <t>RS7316</t>
   </si>
   <si>
     <t>RS7317</t>
+  </si>
+  <si>
+    <t>RS7399</t>
+  </si>
+  <si>
+    <t>Test d’anglais professionnel - LEVETEL</t>
+  </si>
+  <si>
+    <t>27/11/2027</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
   <si>
     <t>RS93</t>
   </si>
   <si>
     <t>Test Bright language - Evaluation d'anglais professionnel</t>
   </si>
   <si>
     <t>RS969</t>
   </si>
   <si>
     <t>Test Bright Anglais - Level A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1396,224 +1396,224 @@
       </c>
       <c r="C29" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1">
         <v>80964890000011</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C30" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="D30" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F30" s="2" t="s">
+      <c r="G30" s="2" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1">
         <v>80964890000011</v>
       </c>
       <c r="B31" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C31" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1">
         <v>80964890000011</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>90</v>
+        <v>63</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1">
         <v>80964890000011</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1">
         <v>80964890000011</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1">
         <v>80964890000011</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1">
         <v>80964890000011</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1">
         <v>80964890000011</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>61</v>
+        <v>97</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1">
         <v>80964890000011</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>12</v>
       </c>
     </row>
@@ -1672,31 +1672,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/31/2025 10:56:21</dc:description>
+  <dc:description>Export en date du 01/30/2026 18:21:17</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>