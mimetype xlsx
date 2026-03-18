--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -307,51 +307,51 @@
   <si>
     <t>RS7236</t>
   </si>
   <si>
     <t>RS7314</t>
   </si>
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>RS7315</t>
   </si>
   <si>
     <t>RS7316</t>
   </si>
   <si>
     <t>RS7317</t>
   </si>
   <si>
     <t>RS7399</t>
   </si>
   <si>
-    <t>Test d’anglais professionnel - LEVETEL</t>
+    <t>Test d’anglais professionnel - LEVELTEL</t>
   </si>
   <si>
     <t>27/11/2027</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>RS93</t>
   </si>
   <si>
     <t>Test Bright language - Evaluation d'anglais professionnel</t>
   </si>
   <si>
     <t>RS969</t>
   </si>
   <si>
     <t>Test Bright Anglais - Level A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1672,31 +1672,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/30/2026 18:21:17</dc:description>
+  <dc:description>Export en date du 03/18/2026 19:55:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>