--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -109,105 +109,105 @@
   <si>
     <t>RNCP34860</t>
   </si>
   <si>
     <t>TP Préparateur de commandes en entrepôt</t>
   </si>
   <si>
     <t>28/07/2025</t>
   </si>
   <si>
     <t>RNCP34881</t>
   </si>
   <si>
     <t>TP Gestionnaire des opérations de transport routier de marchandises</t>
   </si>
   <si>
     <t>24/08/2025</t>
   </si>
   <si>
     <t>RNCP35661</t>
   </si>
   <si>
     <t>Responsable Exploitation Transport et Marchandises</t>
   </si>
   <si>
+    <t>17/06/2026</t>
+  </si>
+  <si>
+    <t>17/06/2021</t>
+  </si>
+  <si>
+    <t>RNCP36237</t>
+  </si>
+  <si>
+    <t>TP Technicien en logistique d'entreposage</t>
+  </si>
+  <si>
+    <t>21/04/2027</t>
+  </si>
+  <si>
+    <t>RNCP37277</t>
+  </si>
+  <si>
+    <t>TP Technicien supérieur en méthodes et exploitation logistique</t>
+  </si>
+  <si>
+    <t>08/03/2028</t>
+  </si>
+  <si>
+    <t>RNCP37878</t>
+  </si>
+  <si>
+    <t>07/06/2028</t>
+  </si>
+  <si>
+    <t>RNCP38551</t>
+  </si>
+  <si>
+    <t>23/02/2025</t>
+  </si>
+  <si>
+    <t>RNCP38558</t>
+  </si>
+  <si>
+    <t>TP Conducteur du transport routier de marchandises sur tous véhicules</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>RNCP38559</t>
+  </si>
+  <si>
+    <t>RNCP38898</t>
+  </si>
+  <si>
+    <t>CQP Agent logistique (CQPI)</t>
+  </si>
+  <si>
     <t>FAUX</t>
-  </si>
-[...52 lines deleted...]
-    <t>CQP Agent logistique (CQPI)</t>
   </si>
   <si>
     <t>26/04/2027</t>
   </si>
   <si>
     <t>26/04/2024</t>
   </si>
   <si>
     <t>RNCP39186</t>
   </si>
   <si>
     <t>31/12/2025</t>
   </si>
   <si>
     <t>RNCP39795</t>
   </si>
   <si>
     <t>31/12/2029</t>
   </si>
   <si>
     <t>RNCP39796</t>
   </si>
   <si>
     <t>RNCP40216</t>
   </si>
@@ -1033,252 +1033,252 @@
       </c>
       <c r="E8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>80863414100093</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="F9" s="2" t="s">
+      <c r="G9" s="2" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>80863414100093</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C10" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="D10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>35</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>80863414100093</v>
       </c>
       <c r="B11" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C11" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="D11" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>80863414100093</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>80863414100093</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>80863414100093</v>
       </c>
       <c r="B14" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C14" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="C14" s="2" t="s">
+      <c r="D14" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>80863414100093</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>80863414100093</v>
       </c>
       <c r="B16" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C16" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="C16" s="2" t="s">
+      <c r="D16" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E16" s="2" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>80863414100093</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>80863414100093</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>80863414100093</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="2" t="s">
@@ -1723,51 +1723,51 @@
       </c>
       <c r="E38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1">
         <v>80863414100093</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>101</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1">
         <v>80863414100093</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F40" s="2" t="s">
@@ -2154,31 +2154,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/31/2025 16:18:20</dc:description>
+  <dc:description>Export en date du 12/18/2025 04:48:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>