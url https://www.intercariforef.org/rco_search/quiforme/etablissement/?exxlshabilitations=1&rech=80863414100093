--- v1 (2025-12-18)
+++ v2 (2026-03-16)
@@ -2154,31 +2154,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/18/2025 04:48:37</dc:description>
+  <dc:description>Export en date du 03/16/2026 15:18:02</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>