--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP10013</t>
   </si>
   <si>
@@ -244,59 +244,50 @@
   <si>
     <t>TP Cariste d'entrepôt</t>
   </si>
   <si>
     <t>28/07/2025</t>
   </si>
   <si>
     <t>RNCP34886</t>
   </si>
   <si>
     <t>TP Technicien supérieur du bâtiment, option économie de la construction</t>
   </si>
   <si>
     <t>15/04/2025</t>
   </si>
   <si>
     <t>RNCP35030</t>
   </si>
   <si>
     <t>TP Assistant ressources humaines</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
-    <t>RNCP35031</t>
-[...7 lines deleted...]
-  <si>
     <t>RNCP35313</t>
   </si>
   <si>
     <t>TP Agent de médiation, information, services</t>
   </si>
   <si>
     <t>03/07/2023</t>
   </si>
   <si>
     <t>RNCP35527</t>
   </si>
   <si>
     <t>TP Responsable d'établissement touristique</t>
   </si>
   <si>
     <t>24/05/2026</t>
   </si>
   <si>
     <t>RNCP35633</t>
   </si>
   <si>
     <t>TP Gestionnaire de paie</t>
   </si>
   <si>
     <t>29/12/2023</t>
@@ -392,50 +383,56 @@
     <t>03/03/2026</t>
   </si>
   <si>
     <t>RNCP40077</t>
   </si>
   <si>
     <t>06/09/2025</t>
   </si>
   <si>
     <t>RNCP40136</t>
   </si>
   <si>
     <t>14/04/2027</t>
   </si>
   <si>
     <t>RNCP403</t>
   </si>
   <si>
     <t>23/03/2023</t>
   </si>
   <si>
     <t>RNCP4113</t>
   </si>
   <si>
     <t>29/12/2021</t>
+  </si>
+  <si>
+    <t>RNCP41366</t>
+  </si>
+  <si>
+    <t>04/11/2027</t>
   </si>
   <si>
     <t>RNCP5863</t>
   </si>
   <si>
     <t>RNCP5881</t>
   </si>
   <si>
     <t>TP Comptable assistant</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1448,442 +1445,442 @@
       </c>
       <c r="C28" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>89</v>
-      </c>
-[...7 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B30" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C30" s="2" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>94</v>
-      </c>
-[...7 lines deleted...]
-        <v>95</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B32" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C32" s="2" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>98</v>
       </c>
       <c r="C33" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>99</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B34" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C34" s="2" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F36" s="2" t="s">
         <v>107</v>
-      </c>
-[...7 lines deleted...]
-        <v>108</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B37" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F37" s="2" t="s">
         <v>109</v>
-      </c>
-[...10 lines deleted...]
-        <v>110</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B38" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>111</v>
-      </c>
-[...10 lines deleted...]
-        <v>112</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B39" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C39" s="2" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C40" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>116</v>
-      </c>
-[...7 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B41" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>118</v>
-      </c>
-[...10 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B42" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>120</v>
-      </c>
-[...10 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B43" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>122</v>
-      </c>
-[...10 lines deleted...]
-        <v>123</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B44" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>124</v>
-      </c>
-[...10 lines deleted...]
-        <v>125</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1">
         <v>80762635300039</v>
       </c>
       <c r="B46" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="C46" s="2" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1908,31 +1905,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/27/2025 18:52:07</dc:description>
+  <dc:description>Export en date du 12/13/2025 12:21:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>