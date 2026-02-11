--- v1 (2025-12-13)
+++ v2 (2026-02-11)
@@ -1905,31 +1905,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/13/2025 12:21:33</dc:description>
+  <dc:description>Export en date du 02/11/2026 21:50:17</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>