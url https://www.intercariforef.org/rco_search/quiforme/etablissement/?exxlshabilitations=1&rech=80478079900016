--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -97,90 +97,90 @@
   <si>
     <t>31/12/2026</t>
   </si>
   <si>
     <t>RNCP36041</t>
   </si>
   <si>
     <t>DEJEPS Diplôme d’Etat de la jeunesse, de l’éducation populaire et du sport spécialité « perfectionnement sportif » mention « sports de contact »</t>
   </si>
   <si>
     <t>RNCP36248</t>
   </si>
   <si>
     <t>BPJEPS spécialité « éducateur sportif » mention «Activités aquatiques et de la natation »</t>
   </si>
   <si>
     <t>01/01/2027</t>
   </si>
   <si>
     <t>RNCP37106</t>
   </si>
   <si>
     <t>BPJEPS Brevet professionnel de la jeunesse, de l'éducation populaire et du sportspécialité « éducateur sportif » mention « activités de la forme »</t>
   </si>
   <si>
+    <t>01/11/2027</t>
+  </si>
+  <si>
+    <t>RNCP37107</t>
+  </si>
+  <si>
+    <t>BPJEPS Brevet professionnel de la jeunesse, de l'éducation populaire et du sport spécialité « éducateur sportif » mention « boxe »</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>RNCP37108</t>
+  </si>
+  <si>
+    <t>BPJEPS Brevet professionnel de la jeunesse, de l'éducation populaire et du sport spécialité « éducateur sportif » mention « sports de contact et disciplines associées »</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>RNCP37112</t>
+  </si>
+  <si>
+    <t>DESJEPS Diplôme supérieur de la jeunesse, de l’éducation populaire et du sport spécialité « performance sportive » mention « boxe »</t>
+  </si>
+  <si>
     <t>08/11/2027</t>
   </si>
   <si>
-    <t>RNCP37107</t>
-[...22 lines deleted...]
-  <si>
     <t>RNCP37113</t>
   </si>
   <si>
     <t>DEJEPS Diplôme d'Etat de la jeunesse, de l'éducation populaire et du sport spécialité « perfectionnement sportif » mention «boxe »</t>
   </si>
   <si>
     <t>RNCP37191</t>
   </si>
   <si>
     <t>BPJEPS Brevet professionnel de la jeunesse, de l’éducation populaire et du sport spécialité « éducateur sportif » mention « activités physiques pour tous »</t>
-  </si>
-[...1 lines deleted...]
-    <t>01/03/2028</t>
   </si>
   <si>
     <t>RNCP37387</t>
   </si>
   <si>
     <t>BPJEPS Brevet professionnel de la jeunesse, de l’éducation populaire et du sport spécialité « éducateur sportif » mention « lutte et disciplines associées »</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
     <t>RNCP37477</t>
   </si>
   <si>
     <t>BPJEPS Brevet professionnel de la jeunesse, de l’éducation populaire et du sport spécialité « éducateur sportif » mention « ski nautique-wakeboard, disciplines associées et tous supports de glisse tractés »</t>
   </si>
   <si>
     <t>01/05/2028</t>
   </si>
   <si>
     <t>RNCP37479</t>
   </si>
   <si>
     <t>DEJEPS Diplôme d’État de la jeunesse, de l’éducation populaire et du sport spécialité « perfectionnement sportif » mention « hockey »</t>
   </si>
@@ -884,97 +884,97 @@
       </c>
       <c r="F10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>80478079900016</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>80478079900016</v>
       </c>
       <c r="B12" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>36</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>80478079900016</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>80478079900016</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G14" s="2" t="s">
@@ -1266,31 +1266,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/31/2025 09:55:39</dc:description>
+  <dc:description>Export en date du 12/16/2025 08:00:53</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>