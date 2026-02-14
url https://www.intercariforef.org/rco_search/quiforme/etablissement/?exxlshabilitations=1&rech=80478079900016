--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -154,51 +154,51 @@
   <si>
     <t>DEJEPS Diplôme d'Etat de la jeunesse, de l'éducation populaire et du sport spécialité « perfectionnement sportif » mention «boxe »</t>
   </si>
   <si>
     <t>RNCP37191</t>
   </si>
   <si>
     <t>BPJEPS Brevet professionnel de la jeunesse, de l’éducation populaire et du sport spécialité « éducateur sportif » mention « activités physiques pour tous »</t>
   </si>
   <si>
     <t>RNCP37387</t>
   </si>
   <si>
     <t>BPJEPS Brevet professionnel de la jeunesse, de l’éducation populaire et du sport spécialité « éducateur sportif » mention « lutte et disciplines associées »</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
     <t>RNCP37477</t>
   </si>
   <si>
     <t>BPJEPS Brevet professionnel de la jeunesse, de l’éducation populaire et du sport spécialité « éducateur sportif » mention « ski nautique-wakeboard, disciplines associées et tous supports de glisse tractés »</t>
   </si>
   <si>
-    <t>01/05/2028</t>
+    <t>01/01/2026</t>
   </si>
   <si>
     <t>RNCP37479</t>
   </si>
   <si>
     <t>DEJEPS Diplôme d’État de la jeunesse, de l’éducation populaire et du sport spécialité « perfectionnement sportif » mention « hockey »</t>
   </si>
   <si>
     <t>18/02/2028</t>
   </si>
   <si>
     <t>RNCP39286</t>
   </si>
   <si>
     <t>DEJEPS Diplôme d'Etat de la jeunesse, de l'éducation populaire et du sport spécialité « perfectionnement sportif » mention "lutte et disciplines associées"</t>
   </si>
   <si>
     <t>05/07/2029</t>
   </si>
   <si>
     <t>RNCP39660</t>
   </si>
   <si>
     <t>DEJEPS Spécialité Perfectionnement sportif mention Savate, boxe française et disciplines associées</t>
   </si>
@@ -1266,31 +1266,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/16/2025 08:00:53</dc:description>
+  <dc:description>Export en date du 02/14/2026 02:41:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>