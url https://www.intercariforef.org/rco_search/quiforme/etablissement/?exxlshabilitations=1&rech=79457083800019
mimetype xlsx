--- v0 (2025-12-10)
+++ v1 (2026-02-14)
@@ -58,69 +58,69 @@
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP31050</t>
   </si>
   <si>
     <t>CQP Ouvrier protection risques naturels</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>21/07/2021</t>
   </si>
   <si>
     <t>Non renseignée</t>
   </si>
   <si>
     <t>RNCP34370</t>
   </si>
   <si>
     <t>CQP Cordiste</t>
   </si>
   <si>
+    <t>16/12/2024</t>
+  </si>
+  <si>
+    <t>16/12/2019</t>
+  </si>
+  <si>
+    <t>RNCP34371</t>
+  </si>
+  <si>
+    <t>CQP Technicien cordiste</t>
+  </si>
+  <si>
+    <t>RNCP36402</t>
+  </si>
+  <si>
+    <t>CQP Technicien protection risques naturels</t>
+  </si>
+  <si>
     <t>FAUX</t>
-  </si>
-[...16 lines deleted...]
-    <t>CQP Technicien protection risques naturels</t>
   </si>
   <si>
     <t>25/04/2025</t>
   </si>
   <si>
     <t>25/04/2022</t>
   </si>
   <si>
     <t>RNCP40283</t>
   </si>
   <si>
     <t>28/02/2030</t>
   </si>
   <si>
     <t>28/02/2025</t>
   </si>
   <si>
     <t>RS5478</t>
   </si>
   <si>
     <t>CQP Organiser les travaux sur cordes</t>
   </si>
   <si>
     <t>28/08/2024</t>
   </si>
@@ -589,143 +589,143 @@
       </c>
       <c r="D2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1">
         <v>79457083800019</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="E3" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="2" t="s">
+      <c r="G3" s="2" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>79457083800019</v>
       </c>
       <c r="B4" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="C4" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" s="2" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>79457083800019</v>
       </c>
       <c r="B5" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C5" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="C5" s="2" t="s">
+      <c r="D5" s="2" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>79457083800019</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>79457083800019</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>79457083800019</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="2" t="s">
@@ -839,31 +839,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/10/2025 11:35:51</dc:description>
+  <dc:description>Export en date du 02/14/2026 16:43:01</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>