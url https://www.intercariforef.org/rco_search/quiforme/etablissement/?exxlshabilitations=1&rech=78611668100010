--- v0 (2025-11-01)
+++ v1 (2025-12-24)
@@ -4252,97 +4252,97 @@
       </c>
       <c r="D128" s="2" t="s">
         <v>248</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>280</v>
       </c>
       <c r="G128" s="2" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1">
         <v>78611668100010</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>282</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>283</v>
       </c>
       <c r="D129" s="2" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>284</v>
       </c>
       <c r="G129" s="2" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1">
         <v>78611668100010</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>286</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D130" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>288</v>
       </c>
       <c r="G130" s="2" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1">
         <v>78611668100010</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>289</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>248</v>
+        <v>9</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>290</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1">
         <v>78611668100010</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>292</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>293</v>
       </c>
       <c r="D132" s="2" t="s">
         <v>248</v>
       </c>
       <c r="E132" s="2" t="s">
@@ -4387,31 +4387,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/01/2025 10:42:49</dc:description>
+  <dc:description>Export en date du 12/24/2025 01:01:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>