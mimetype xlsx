--- v1 (2025-12-24)
+++ v2 (2026-02-23)
@@ -4387,31 +4387,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/24/2025 01:01:46</dc:description>
+  <dc:description>Export en date du 02/23/2026 07:27:22</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>