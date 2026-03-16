--- v0 (2025-10-30)
+++ v1 (2026-03-16)
@@ -136,81 +136,81 @@
   <si>
     <t>31/05/2023</t>
   </si>
   <si>
     <t>RNCP37872</t>
   </si>
   <si>
     <t>TP Agent de propreté et d'hygiène</t>
   </si>
   <si>
     <t>13/08/2028</t>
   </si>
   <si>
     <t>RNCP38478</t>
   </si>
   <si>
     <t>Coordinateur de projets informatiques (infrastructures cloud, applicatives ou data)</t>
   </si>
   <si>
     <t>21/12/2028</t>
   </si>
   <si>
     <t>21/12/2023</t>
   </si>
   <si>
-    <t>RNCP38602</t>
-[...10 lines deleted...]
-  <si>
     <t>RNCP38824</t>
   </si>
   <si>
     <t>27/03/2028</t>
   </si>
   <si>
     <t>27/03/2024</t>
   </si>
   <si>
     <t>RNCP39249</t>
   </si>
   <si>
     <t>Responsable communication</t>
   </si>
   <si>
     <t>27/06/2029</t>
   </si>
   <si>
     <t>27/06/2024</t>
+  </si>
+  <si>
+    <t>RNCP41770</t>
+  </si>
+  <si>
+    <t>Responsable en gestion des ressources humaines</t>
+  </si>
+  <si>
+    <t>18/12/2028</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
   </si>
   <si>
     <t>RNCP5863</t>
   </si>
   <si>
     <t>01/03/2023</t>
   </si>
   <si>
     <t>RS2566</t>
   </si>
   <si>
     <t>Test WiDaF</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS3130</t>
   </si>
   <si>
     <t>Tests TOEIC® (Test of English for International Communication)</t>
   </si>
@@ -836,74 +836,74 @@
       </c>
       <c r="C10" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>78407330600010</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="D11" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F11" s="2" t="s">
+      <c r="G11" s="2" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>78407330600010</v>
       </c>
       <c r="B12" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C12" s="2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>78407330600010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D13" s="2" t="s">
@@ -1043,31 +1043,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/31/2025 00:22:37</dc:description>
+  <dc:description>Export en date du 03/16/2026 08:37:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>