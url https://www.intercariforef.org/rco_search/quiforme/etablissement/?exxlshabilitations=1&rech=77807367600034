--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="467">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="473">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP17297</t>
   </si>
   <si>
@@ -1268,50 +1268,68 @@
     <t>18/07/2025</t>
   </si>
   <si>
     <t>RNCP41288</t>
   </si>
   <si>
     <t>CQP Opérateur en fabrication additive : poudre métallique ou polymères ou sables</t>
   </si>
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>RNCP41332</t>
   </si>
   <si>
     <t>RNCP41349</t>
   </si>
   <si>
     <t>RNCP41360</t>
   </si>
   <si>
     <t>CQP Conducteur d'installation de transformation des grains, option meunerie semoulerie, option nutrition animale</t>
+  </si>
+  <si>
+    <t>RNCP41679</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>RNCP41682</t>
+  </si>
+  <si>
+    <t>RNCP41689</t>
+  </si>
+  <si>
+    <t>RNCP41698</t>
   </si>
   <si>
     <t>RNCP9467</t>
   </si>
   <si>
     <t>TP Soudeur</t>
   </si>
   <si>
     <t>RS1037</t>
   </si>
   <si>
     <t>Certificat d’acteur prévention des risques liés à l’activité physique Secteur Industrie, Bâtiment, Commerce (dénommé « acteur PRAP IBC »)</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS1038</t>
   </si>
   <si>
     <t>Maintenir et actualiser ses compétences d’acteur prap - industrie, BTP, commerce</t>
   </si>
   <si>
     <t>RS137</t>
   </si>
@@ -1792,51 +1810,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H173"/>
+  <dimension ref="A1:H177"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -5291,545 +5309,637 @@
       </c>
       <c r="C151" s="2" t="s">
         <v>417</v>
       </c>
       <c r="D151" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>412</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>418</v>
       </c>
       <c r="C152" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D152" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E152" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F152" s="2" t="s">
         <v>419</v>
       </c>
-      <c r="D152" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G152" s="2" t="s">
-        <v>12</v>
+        <v>420</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B153" s="2" t="s">
+        <v>421</v>
+      </c>
+      <c r="C153" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="D153" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E153" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F153" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="G153" s="2" t="s">
         <v>420</v>
-      </c>
-[...13 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>424</v>
+        <v>156</v>
       </c>
       <c r="D154" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="G154" s="2" t="s">
-        <v>12</v>
+        <v>420</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>426</v>
+        <v>224</v>
       </c>
       <c r="D155" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="G155" s="2" t="s">
-        <v>12</v>
+        <v>420</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="D156" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>422</v>
+        <v>22</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="D157" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D158" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="D159" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="D160" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D161" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="G161" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="D162" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>441</v>
+        <v>428</v>
       </c>
       <c r="G162" s="2" t="s">
-        <v>442</v>
+        <v>12</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="D163" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>441</v>
+        <v>428</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>442</v>
+        <v>12</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="D164" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>441</v>
+        <v>428</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>442</v>
+        <v>12</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="D165" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E165" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>441</v>
+        <v>428</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>442</v>
+        <v>12</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="D166" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="D167" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>203</v>
+        <v>447</v>
       </c>
       <c r="G167" s="2" t="s">
-        <v>204</v>
+        <v>448</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="D168" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>294</v>
+        <v>447</v>
       </c>
       <c r="G168" s="2" t="s">
-        <v>295</v>
+        <v>448</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="D169" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>459</v>
+        <v>447</v>
       </c>
       <c r="G169" s="2" t="s">
-        <v>295</v>
+        <v>448</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D170" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>345</v>
+        <v>457</v>
       </c>
       <c r="G170" s="2" t="s">
-        <v>342</v>
+        <v>458</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D171" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>281</v>
+        <v>203</v>
       </c>
       <c r="G171" s="2" t="s">
-        <v>342</v>
+        <v>204</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="D172" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>422</v>
+        <v>294</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>12</v>
+        <v>295</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B173" s="2" t="s">
+        <v>463</v>
+      </c>
+      <c r="C173" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="D173" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E173" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F173" s="2" t="s">
         <v>465</v>
       </c>
-      <c r="C173" s="2" t="s">
+      <c r="G173" s="2" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" s="1">
+        <v>77807367600034</v>
+      </c>
+      <c r="B174" s="2" t="s">
         <v>466</v>
       </c>
-      <c r="D173" s="2" t="s">
-[...8 lines deleted...]
-      <c r="G173" s="2" t="s">
+      <c r="C174" s="2" t="s">
+        <v>460</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E174" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F174" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="G174" s="2" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" s="1">
+        <v>77807367600034</v>
+      </c>
+      <c r="B175" s="2" t="s">
+        <v>467</v>
+      </c>
+      <c r="C175" s="2" t="s">
+        <v>468</v>
+      </c>
+      <c r="D175" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E175" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F175" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="G175" s="2" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" s="1">
+        <v>77807367600034</v>
+      </c>
+      <c r="B176" s="2" t="s">
+        <v>469</v>
+      </c>
+      <c r="C176" s="2" t="s">
+        <v>470</v>
+      </c>
+      <c r="D176" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E176" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F176" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="G176" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" s="1">
+        <v>77807367600034</v>
+      </c>
+      <c r="B177" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="C177" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="D177" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E177" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F177" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="G177" s="2" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -5843,31 +5953,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/29/2025 21:52:02</dc:description>
+  <dc:description>Export en date du 12/16/2025 01:30:02</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>