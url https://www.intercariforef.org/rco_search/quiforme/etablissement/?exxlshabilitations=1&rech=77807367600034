--- v1 (2025-12-16)
+++ v2 (2026-03-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="473">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="481">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP17297</t>
   </si>
   <si>
@@ -1204,50 +1204,53 @@
   <si>
     <t>CQP Technicien de maintenance du secteur alimentaire</t>
   </si>
   <si>
     <t>RNCP39972</t>
   </si>
   <si>
     <t>CQP Responsable d'équipe du secteur alimentaire</t>
   </si>
   <si>
     <t>RNCP40037</t>
   </si>
   <si>
     <t>28/02/2030</t>
   </si>
   <si>
     <t>RNCP40391</t>
   </si>
   <si>
     <t>28/03/2030</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
+    <t>RNCP40398</t>
+  </si>
+  <si>
     <t>RNCP40557</t>
   </si>
   <si>
     <t>CQP Technicien en industrialisation et en amélioration de procédés</t>
   </si>
   <si>
     <t>30/04/2030</t>
   </si>
   <si>
     <t>30/04/2025</t>
   </si>
   <si>
     <t>RNCP40681</t>
   </si>
   <si>
     <t>Monteur assembleur de systèmes mécanisés</t>
   </si>
   <si>
     <t>23/05/2030</t>
   </si>
   <si>
     <t>RNCP40923</t>
   </si>
   <si>
     <t>25/06/2030</t>
@@ -1270,66 +1273,87 @@
   <si>
     <t>RNCP41288</t>
   </si>
   <si>
     <t>CQP Opérateur en fabrication additive : poudre métallique ou polymères ou sables</t>
   </si>
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>RNCP41332</t>
   </si>
   <si>
     <t>RNCP41349</t>
   </si>
   <si>
     <t>RNCP41360</t>
   </si>
   <si>
     <t>CQP Conducteur d'installation de transformation des grains, option meunerie semoulerie, option nutrition animale</t>
   </si>
   <si>
+    <t>RNCP41536</t>
+  </si>
+  <si>
+    <t>08/01/2031</t>
+  </si>
+  <si>
     <t>RNCP41679</t>
   </si>
   <si>
     <t>27/11/2030</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>RNCP41682</t>
   </si>
   <si>
     <t>RNCP41689</t>
   </si>
   <si>
+    <t>Conducteur d’équipements industriels</t>
+  </si>
+  <si>
     <t>RNCP41698</t>
+  </si>
+  <si>
+    <t>RNCP41763</t>
+  </si>
+  <si>
+    <t>CQP Opérateur régleur sur machines-outils à commande numérique de transformation de la tôle</t>
+  </si>
+  <si>
+    <t>18/12/2030</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
   </si>
   <si>
     <t>RNCP9467</t>
   </si>
   <si>
     <t>TP Soudeur</t>
   </si>
   <si>
     <t>RS1037</t>
   </si>
   <si>
     <t>Certificat d’acteur prévention des risques liés à l’activité physique Secteur Industrie, Bâtiment, Commerce (dénommé « acteur PRAP IBC »)</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS1038</t>
   </si>
   <si>
     <t>Maintenir et actualiser ses compétences d’acteur prap - industrie, BTP, commerce</t>
   </si>
   <si>
     <t>RS137</t>
   </si>
@@ -1810,51 +1834,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H177"/>
+  <dimension ref="A1:H180"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -5125,821 +5149,890 @@
       </c>
       <c r="C143" s="2" t="s">
         <v>267</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>396</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>397</v>
+        <v>214</v>
       </c>
       <c r="D144" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B145" s="2" t="s">
+        <v>397</v>
+      </c>
+      <c r="C145" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="D145" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E145" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F145" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="G145" s="2" t="s">
         <v>400</v>
-      </c>
-[...13 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B146" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="C146" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E146" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F146" s="2" t="s">
         <v>403</v>
       </c>
-      <c r="C146" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G146" s="2" t="s">
-        <v>405</v>
+        <v>229</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B147" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="C147" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="D147" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E147" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F147" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="G147" s="2" t="s">
         <v>406</v>
-      </c>
-[...13 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B148" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="C148" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="D148" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E148" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F148" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G148" s="2" t="s">
         <v>410</v>
-      </c>
-[...13 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B149" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="C149" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="D149" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E149" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F149" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="G149" s="2" t="s">
         <v>414</v>
-      </c>
-[...13 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>415</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>286</v>
+        <v>195</v>
       </c>
       <c r="D150" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="G150" s="2" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>416</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>417</v>
+        <v>286</v>
       </c>
       <c r="D151" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="G151" s="2" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B152" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="C152" s="2" t="s">
         <v>418</v>
       </c>
-      <c r="C152" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D152" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="G152" s="2" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>243</v>
+        <v>167</v>
       </c>
       <c r="D153" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="G153" s="2" t="s">
-        <v>420</v>
+        <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B154" s="2" t="s">
+        <v>421</v>
+      </c>
+      <c r="C154" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D154" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E154" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F154" s="2" t="s">
         <v>422</v>
       </c>
-      <c r="C154" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G154" s="2" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B155" s="2" t="s">
+        <v>424</v>
+      </c>
+      <c r="C155" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="D155" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E155" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F155" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="G155" s="2" t="s">
         <v>423</v>
-      </c>
-[...13 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D156" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>22</v>
+        <v>422</v>
       </c>
       <c r="G156" s="2" t="s">
-        <v>12</v>
+        <v>423</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>427</v>
+        <v>224</v>
       </c>
       <c r="D157" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="G157" s="2" t="s">
-        <v>12</v>
+        <v>423</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B158" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="C158" s="2" t="s">
         <v>429</v>
       </c>
-      <c r="C158" s="2" t="s">
+      <c r="D158" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E158" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F158" s="2" t="s">
         <v>430</v>
       </c>
-      <c r="D158" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G158" s="2" t="s">
-        <v>12</v>
+        <v>431</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D159" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>428</v>
+        <v>22</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D160" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="G160" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C161" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="D161" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E161" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F161" s="2" t="s">
         <v>436</v>
-      </c>
-[...7 lines deleted...]
-        <v>428</v>
       </c>
       <c r="G161" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="D162" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="G162" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="D163" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="G163" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="D164" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D165" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="D166" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>447</v>
+        <v>436</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>448</v>
+        <v>12</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>449</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>450</v>
       </c>
       <c r="D167" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>447</v>
+        <v>436</v>
       </c>
       <c r="G167" s="2" t="s">
-        <v>448</v>
+        <v>12</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>451</v>
       </c>
       <c r="C168" s="2" t="s">
         <v>452</v>
       </c>
       <c r="D168" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>447</v>
+        <v>436</v>
       </c>
       <c r="G168" s="2" t="s">
-        <v>448</v>
+        <v>12</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>453</v>
       </c>
       <c r="C169" s="2" t="s">
         <v>454</v>
       </c>
       <c r="D169" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>447</v>
+        <v>455</v>
       </c>
       <c r="G169" s="2" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B170" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="C170" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="D170" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E170" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F170" s="2" t="s">
         <v>455</v>
       </c>
-      <c r="C170" s="2" t="s">
+      <c r="G170" s="2" t="s">
         <v>456</v>
-      </c>
-[...10 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>459</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>460</v>
       </c>
       <c r="D171" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>203</v>
+        <v>455</v>
       </c>
       <c r="G171" s="2" t="s">
-        <v>204</v>
+        <v>456</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>461</v>
       </c>
       <c r="C172" s="2" t="s">
         <v>462</v>
       </c>
       <c r="D172" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>294</v>
+        <v>455</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>295</v>
+        <v>456</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>463</v>
       </c>
       <c r="C173" s="2" t="s">
         <v>464</v>
       </c>
       <c r="D173" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>465</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>295</v>
+        <v>466</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="D174" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>345</v>
+        <v>203</v>
       </c>
       <c r="G174" s="2" t="s">
-        <v>342</v>
+        <v>204</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D175" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>281</v>
+        <v>294</v>
       </c>
       <c r="G175" s="2" t="s">
-        <v>342</v>
+        <v>295</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D176" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>428</v>
+        <v>473</v>
       </c>
       <c r="G176" s="2" t="s">
-        <v>12</v>
+        <v>295</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1">
         <v>77807367600034</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>428</v>
+        <v>345</v>
       </c>
       <c r="G177" s="2" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" s="1">
+        <v>77807367600034</v>
+      </c>
+      <c r="B178" s="2" t="s">
+        <v>475</v>
+      </c>
+      <c r="C178" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E178" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F178" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="G178" s="2" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" s="1">
+        <v>77807367600034</v>
+      </c>
+      <c r="B179" s="2" t="s">
+        <v>477</v>
+      </c>
+      <c r="C179" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E179" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F179" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="G179" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" s="1">
+        <v>77807367600034</v>
+      </c>
+      <c r="B180" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="C180" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="D180" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E180" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F180" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="G180" s="2" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -5953,31 +6046,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/16/2025 01:30:02</dc:description>
+  <dc:description>Export en date du 03/14/2026 15:05:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>