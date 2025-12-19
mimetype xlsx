--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP18250</t>
   </si>
   <si>
@@ -169,93 +169,90 @@
   <si>
     <t>23/11/2022</t>
   </si>
   <si>
     <t>RNCP37362</t>
   </si>
   <si>
     <t>31/08/2024</t>
   </si>
   <si>
     <t>RNCP38295</t>
   </si>
   <si>
     <t>02/11/2028</t>
   </si>
   <si>
     <t>RNCP39055</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé du Conservatoire national des arts et métiers, spécialité Mécatronique</t>
   </si>
   <si>
     <t>31/08/2026</t>
   </si>
   <si>
-    <t>RNCP39201</t>
-[...10 lines deleted...]
-  <si>
     <t>RNCP39343</t>
   </si>
   <si>
     <t>CQP Mécanicien réparateur de véhicules anciens et historiques</t>
   </si>
   <si>
     <t>19/07/2027</t>
   </si>
   <si>
     <t>19/07/2024</t>
   </si>
   <si>
     <t>RNCP39634</t>
   </si>
   <si>
     <t>CQP Peintre en carrosserie</t>
   </si>
   <si>
     <t>01/10/2026</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>RNCP40838</t>
   </si>
   <si>
     <t>25/06/2030</t>
   </si>
   <si>
     <t>25/06/2025</t>
+  </si>
+  <si>
+    <t>RNCP41657</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
   <si>
     <t>RS6942</t>
   </si>
   <si>
     <t>Réaliser l'entretien et la maintenance d'un véhicule électrique et hybride</t>
   </si>
   <si>
     <t>18/12/2027</t>
   </si>
   <si>
     <t>18/12/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -995,109 +992,109 @@
       </c>
       <c r="C16" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>77568811200033</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="D17" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F17" s="2" t="s">
+      <c r="G17" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>77568811200033</v>
       </c>
       <c r="B18" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="C18" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F18" s="2" t="s">
+      <c r="G18" s="2" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>77568811200033</v>
       </c>
       <c r="B19" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C19" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="C19" s="2" t="s">
+      <c r="D19" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D19" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F19" s="2" t="s">
+      <c r="G19" s="2" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1110,31 +1107,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/04/2025 18:28:32</dc:description>
+  <dc:description>Export en date du 12/19/2025 20:56:01</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>