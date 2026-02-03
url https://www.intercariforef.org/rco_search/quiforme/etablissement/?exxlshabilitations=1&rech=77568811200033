--- v1 (2025-12-19)
+++ v2 (2026-02-03)
@@ -142,51 +142,51 @@
   <si>
     <t>Réceptionnaire après-vente véhicules légers</t>
   </si>
   <si>
     <t>29/09/2027</t>
   </si>
   <si>
     <t>29/09/2022</t>
   </si>
   <si>
     <t>RNCP36886</t>
   </si>
   <si>
     <t>Technicien expert après-vente automobile</t>
   </si>
   <si>
     <t>02/07/2025</t>
   </si>
   <si>
     <t>RNCP37071</t>
   </si>
   <si>
     <t>Technicien expert après-vente véhicules utilitaires et industriels</t>
   </si>
   <si>
-    <t>23/11/2027</t>
+    <t>18/12/2025</t>
   </si>
   <si>
     <t>23/11/2022</t>
   </si>
   <si>
     <t>RNCP37362</t>
   </si>
   <si>
     <t>31/08/2024</t>
   </si>
   <si>
     <t>RNCP38295</t>
   </si>
   <si>
     <t>02/11/2028</t>
   </si>
   <si>
     <t>RNCP39055</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé du Conservatoire national des arts et métiers, spécialité Mécatronique</t>
   </si>
   <si>
     <t>31/08/2026</t>
   </si>
@@ -1107,31 +1107,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/19/2025 20:56:01</dc:description>
+  <dc:description>Export en date du 02/03/2026 06:51:42</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>