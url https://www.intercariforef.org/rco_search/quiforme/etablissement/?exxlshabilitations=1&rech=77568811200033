--- v2 (2026-02-03)
+++ v3 (2026-03-20)
@@ -1107,31 +1107,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/03/2026 06:51:42</dc:description>
+  <dc:description>Export en date du 03/20/2026 17:40:50</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>