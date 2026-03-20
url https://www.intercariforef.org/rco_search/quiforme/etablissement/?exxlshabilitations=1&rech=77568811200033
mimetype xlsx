--- v3 (2026-03-20)
+++ v4 (2026-03-20)
@@ -1107,31 +1107,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 03/20/2026 17:40:50</dc:description>
+  <dc:description>Export en date du 03/20/2026 19:02:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>