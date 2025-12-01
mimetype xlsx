--- v0 (2025-10-17)
+++ v1 (2025-12-01)
@@ -4157,31 +4157,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/17/2025 04:03:59</dc:description>
+  <dc:description>Export en date du 12/01/2025 18:56:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>