--- v1 (2025-12-01)
+++ v2 (2026-01-31)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP24426</t>
   </si>
   <si>
@@ -611,50 +611,56 @@
     <t>RNCP40470</t>
   </si>
   <si>
     <t>LICENCE Arts du spectacle (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40509</t>
   </si>
   <si>
     <t>RNCP40539</t>
   </si>
   <si>
     <t>RNCP40692</t>
   </si>
   <si>
     <t>01/09/2029</t>
   </si>
   <si>
     <t>RNCP40740</t>
   </si>
   <si>
     <t>RNCP41255</t>
   </si>
   <si>
     <t>30/06/2030</t>
+  </si>
+  <si>
+    <t>RNCP41748</t>
+  </si>
+  <si>
+    <t>31/08/2031</t>
   </si>
   <si>
     <t>RNCP4495</t>
   </si>
   <si>
     <t>DE Diplôme d'Etat d'aide-soignant (DEAS)</t>
   </si>
   <si>
     <t>30/06/2022</t>
   </si>
   <si>
     <t>RNCP8940</t>
   </si>
   <si>
     <t>DE Diplôme d'Etat d'infirmier ou d'infirmière, grade de licence</t>
   </si>
   <si>
     <t>RS101</t>
   </si>
   <si>
     <t>BULATS - Linguaskill</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
@@ -1210,51 +1216,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H125"/>
+  <dimension ref="A1:H126"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -3444,706 +3450,729 @@
       </c>
       <c r="C96" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>198</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C97" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E97" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F97" s="2" t="s">
         <v>200</v>
-      </c>
-[...7 lines deleted...]
-        <v>201</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B98" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="C98" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="C98" s="2" t="s">
+      <c r="D98" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E98" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F98" s="2" t="s">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>204</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>205</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>206</v>
+        <v>14</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B100" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="C100" s="2" t="s">
         <v>207</v>
       </c>
-      <c r="C100" s="2" t="s">
+      <c r="D100" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E100" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F100" s="2" t="s">
         <v>208</v>
-      </c>
-[...7 lines deleted...]
-        <v>206</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>209</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>210</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>211</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>215</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>217</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>218</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>219</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>220</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>124</v>
+        <v>9</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D107" s="2" t="s">
-        <v>9</v>
+        <v>124</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>223</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>224</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G109" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>228</v>
       </c>
       <c r="D110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>229</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>230</v>
       </c>
       <c r="D111" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>231</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D112" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>233</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>234</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>235</v>
+        <v>208</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>236</v>
+        <v>11</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B114" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="C114" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F114" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="C114" s="2" t="s">
+      <c r="G114" s="2" t="s">
         <v>238</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>239</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>240</v>
       </c>
       <c r="D115" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>241</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>242</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>244</v>
       </c>
       <c r="D117" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>245</v>
+        <v>208</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>246</v>
+        <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B118" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="C118" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="D118" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E118" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F118" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="C118" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F118" s="2" t="s">
+      <c r="G118" s="2" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B119" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="C119" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="D119" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E119" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F119" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="C119" s="2" t="s">
+      <c r="G119" s="2" t="s">
         <v>251</v>
-      </c>
-[...10 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B120" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="C120" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E120" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F120" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="C120" s="2" t="s">
+      <c r="G120" s="2" t="s">
         <v>255</v>
-      </c>
-[...10 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B121" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="C121" s="2" t="s">
         <v>257</v>
       </c>
-      <c r="C121" s="2" t="s">
+      <c r="D121" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E121" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F121" s="2" t="s">
         <v>258</v>
       </c>
-      <c r="D121" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G121" s="2" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B122" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="C122" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E122" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F122" s="2" t="s">
         <v>261</v>
       </c>
-      <c r="C122" s="2" t="s">
+      <c r="G122" s="2" t="s">
         <v>262</v>
-      </c>
-[...10 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B123" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="C123" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="D123" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E123" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F123" s="2" t="s">
         <v>265</v>
       </c>
-      <c r="C123" s="2" t="s">
+      <c r="G123" s="2" t="s">
         <v>266</v>
-      </c>
-[...10 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B124" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="C124" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="D124" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="E124" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F124" s="2" t="s">
         <v>269</v>
       </c>
-      <c r="C124" s="2" t="s">
+      <c r="G124" s="2" t="s">
         <v>270</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>271</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>272</v>
       </c>
       <c r="D125" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G125" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" s="1">
+        <v>77562424000013</v>
+      </c>
+      <c r="B126" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="C126" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E126" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="G126" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -4157,31 +4186,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/01/2025 18:56:19</dc:description>
+  <dc:description>Export en date du 01/31/2026 15:29:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>