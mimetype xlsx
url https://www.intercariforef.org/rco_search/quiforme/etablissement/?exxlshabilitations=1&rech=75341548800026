--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -73,51 +73,51 @@
   <si>
     <t>Non renseignée</t>
   </si>
   <si>
     <t>RS5979</t>
   </si>
   <si>
     <t>Prévention des risques liés à l'amiante pour les personnels d'encadrement de chantier en sous-section 4</t>
   </si>
   <si>
     <t>RS5980</t>
   </si>
   <si>
     <t>Prévention des risques liés à l'amiante pour les personnels d'encadrement technique en sous-section 4</t>
   </si>
   <si>
     <t>RS5981</t>
   </si>
   <si>
     <t>Prévention des risques liés à l'amiante pour les personnels cumulant des fonctions d'encadrement technique /ou d'encadrement de chantier et/ou d'opérateur - interventions sous-section 4</t>
   </si>
   <si>
     <t>RS6417</t>
   </si>
   <si>
-    <t>31/12/2025</t>
+    <t>31/12/2027</t>
   </si>
   <si>
     <t>RS6418</t>
   </si>
   <si>
     <t>RS6419</t>
   </si>
   <si>
     <t>RS6420</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -739,31 +739,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/03/2025 23:16:52</dc:description>
+  <dc:description>Export en date du 02/14/2026 09:21:08</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>