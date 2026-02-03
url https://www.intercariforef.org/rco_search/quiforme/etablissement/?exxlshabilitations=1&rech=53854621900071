--- v0 (2025-11-05)
+++ v1 (2026-02-03)
@@ -46,90 +46,90 @@
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP35551</t>
   </si>
   <si>
     <t>Agent d’entretien et de rénovation en propreté</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>19/04/2026</t>
+  </si>
+  <si>
+    <t>19/04/2021</t>
+  </si>
+  <si>
+    <t>RNCP35552</t>
+  </si>
+  <si>
+    <t>Chef d’équipe en propreté</t>
+  </si>
+  <si>
+    <t>RNCP35611</t>
+  </si>
+  <si>
+    <t>Agent machiniste en propreté</t>
+  </si>
+  <si>
+    <t>19/05/2024</t>
+  </si>
+  <si>
+    <t>19/05/2021</t>
+  </si>
+  <si>
+    <t>RNCP39356</t>
+  </si>
+  <si>
+    <t>19/07/2027</t>
+  </si>
+  <si>
+    <t>19/07/2024</t>
+  </si>
+  <si>
+    <t>RNCP39398</t>
+  </si>
+  <si>
+    <t>CQP Laveur de vitres spécialisé travaux en hauteur</t>
+  </si>
+  <si>
     <t>FAUX</t>
-  </si>
-[...37 lines deleted...]
-    <t>CQP Laveur de vitres spécialisé travaux en hauteur</t>
   </si>
   <si>
     <t>19/07/2025</t>
   </si>
   <si>
     <t>RNCP41326</t>
   </si>
   <si>
     <t>CQP Laveur de vitres</t>
   </si>
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>RS5802</t>
   </si>
   <si>
     <t>Maîtrise des compétences clés de la propreté</t>
   </si>
   <si>
     <t>26/01/2027</t>
   </si>
@@ -545,166 +545,166 @@
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5"/>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1">
         <v>53854621900071</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="F2" s="2" t="s">
+      <c r="G2" s="2" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1">
         <v>53854621900071</v>
       </c>
       <c r="B3" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C3" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C3" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="F3" s="2" t="s">
+      <c r="G3" s="2" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>53854621900071</v>
       </c>
       <c r="B4" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="D4" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="D4" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F4" s="2" t="s">
+      <c r="G4" s="2" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>53854621900071</v>
       </c>
       <c r="B5" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="C5" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F5" s="2" t="s">
+      <c r="G5" s="2" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>53854621900071</v>
       </c>
       <c r="B6" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="C6" s="2" t="s">
+      <c r="D6" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E6" s="2" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>53854621900071</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>53854621900071</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="2" t="s">
@@ -746,31 +746,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/05/2025 01:13:32</dc:description>
+  <dc:description>Export en date du 02/03/2026 10:57:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>