--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -746,31 +746,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/03/2026 10:57:25</dc:description>
+  <dc:description>Export en date du 03/20/2026 15:27:50</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>