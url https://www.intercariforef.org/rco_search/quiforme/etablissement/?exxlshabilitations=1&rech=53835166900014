--- v0 (2025-10-30)
+++ v1 (2026-01-30)
@@ -247,87 +247,87 @@
   <si>
     <t>RNCP37786</t>
   </si>
   <si>
     <t>Chargé de marketing et communication</t>
   </si>
   <si>
     <t>19/07/2026</t>
   </si>
   <si>
     <t>19/07/2023</t>
   </si>
   <si>
     <t>RNCP37851</t>
   </si>
   <si>
     <t>RNCP37864</t>
   </si>
   <si>
     <t>Manager de portefeuille projets</t>
   </si>
   <si>
     <t>19/07/2024</t>
   </si>
   <si>
-    <t>RNCP38825</t>
-[...7 lines deleted...]
-  <si>
     <t>RNCP39382</t>
   </si>
   <si>
     <t>Manager des organisations à l'international</t>
   </si>
   <si>
     <t>19/07/2029</t>
   </si>
   <si>
     <t>RNCP39588</t>
   </si>
   <si>
     <t>Manager santé, sécurité et environnement</t>
   </si>
   <si>
     <t>01/10/2027</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>RNCP39763</t>
   </si>
   <si>
     <t>31/10/2026</t>
   </si>
   <si>
     <t>31/10/2024</t>
+  </si>
+  <si>
+    <t>RNCP41736</t>
+  </si>
+  <si>
+    <t>27/11/2028</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1216,120 +1216,120 @@
       </c>
       <c r="C23" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>53835166900014</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>8</v>
+        <v>78</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>53835166900014</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>80</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>53835166900014</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>53835166900014</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>87</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>89</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1354,31 +1354,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/30/2025 22:11:37</dc:description>
+  <dc:description>Export en date du 01/30/2026 12:43:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>