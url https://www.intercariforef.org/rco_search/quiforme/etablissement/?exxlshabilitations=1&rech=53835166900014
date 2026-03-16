--- v1 (2026-01-30)
+++ v2 (2026-03-16)
@@ -1354,31 +1354,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/30/2026 12:43:14</dc:description>
+  <dc:description>Export en date du 03/16/2026 17:04:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>