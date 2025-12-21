--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -892,31 +892,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/05/2025 00:23:38</dc:description>
+  <dc:description>Export en date du 12/21/2025 10:26:51</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>