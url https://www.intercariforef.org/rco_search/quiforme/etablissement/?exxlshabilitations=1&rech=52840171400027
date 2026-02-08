--- v1 (2025-12-21)
+++ v2 (2026-02-08)
@@ -79,62 +79,71 @@
   <si>
     <t>Manager du développement commercial</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>29/05/2025</t>
   </si>
   <si>
     <t>29/05/2020</t>
   </si>
   <si>
     <t>RNCP34734</t>
   </si>
   <si>
     <t>Chargé de gestion et management</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>30/06/2020</t>
   </si>
   <si>
+    <t>RNCP36500</t>
+  </si>
+  <si>
+    <t>Chargé de recrutement et conseils en ressources humaines</t>
+  </si>
+  <si>
+    <t>01/06/2027</t>
+  </si>
+  <si>
+    <t>01/06/2022</t>
+  </si>
+  <si>
     <t>RNCP36502</t>
   </si>
   <si>
     <t>Manager d'Affaires</t>
   </si>
   <si>
     <t>01/06/2024</t>
   </si>
   <si>
-    <t>01/06/2022</t>
-[...1 lines deleted...]
-  <si>
     <t>RNCP37849</t>
   </si>
   <si>
     <t>Responsable du développement commercial</t>
   </si>
   <si>
     <t>19/07/2026</t>
   </si>
   <si>
     <t>19/07/2023</t>
   </si>
   <si>
     <t>RNCP38117</t>
   </si>
   <si>
     <t>Ingénieur systèmes, réseaux et cybersécurité</t>
   </si>
   <si>
     <t>18/10/2028</t>
   </si>
   <si>
     <t>18/10/2023</t>
   </si>
   <si>
     <t>RNCP39250</t>
@@ -158,59 +167,50 @@
     <t>01/10/2027</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>RNCP39610</t>
   </si>
   <si>
     <t>Conseiller de clientèle particulier et professionnel en banque et assurance</t>
   </si>
   <si>
     <t>01/10/2029</t>
   </si>
   <si>
     <t>RNCP40257</t>
   </si>
   <si>
     <t>Manager d'affaires</t>
   </si>
   <si>
     <t>28/02/2028</t>
   </si>
   <si>
     <t>28/02/2025</t>
-  </si>
-[...7 lines deleted...]
-    <t>24/09/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -691,183 +691,183 @@
       </c>
       <c r="E5" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>52840171400027</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>52840171400027</v>
       </c>
       <c r="B7" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="C7" s="2" t="s">
+      <c r="D7" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D7" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F7" s="2" t="s">
+      <c r="G7" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>52840171400027</v>
       </c>
       <c r="B8" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="C8" s="2" t="s">
+      <c r="D8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D8" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F8" s="2" t="s">
+      <c r="G8" s="2" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>52840171400027</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="C9" s="2" t="s">
+      <c r="D9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D9" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F9" s="2" t="s">
+      <c r="G9" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>52840171400027</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="D10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="D10" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F10" s="2" t="s">
+      <c r="G10" s="2" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>52840171400027</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>52840171400027</v>
       </c>
       <c r="B12" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -892,31 +892,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/21/2025 10:26:51</dc:description>
+  <dc:description>Export en date du 02/08/2026 04:34:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>