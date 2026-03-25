--- v2 (2026-02-08)
+++ v3 (2026-03-25)
@@ -892,31 +892,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/08/2026 04:34:10</dc:description>
+  <dc:description>Export en date du 03/25/2026 09:53:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>