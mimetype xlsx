--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -1391,31 +1391,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/31/2025 09:35:39</dc:description>
+  <dc:description>Export en date du 12/16/2025 02:27:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>