--- v1 (2025-12-16)
+++ v2 (2026-03-12)
@@ -241,72 +241,72 @@
   <si>
     <t>RS6438</t>
   </si>
   <si>
     <t>RS6663</t>
   </si>
   <si>
     <t>27/06/2026</t>
   </si>
   <si>
     <t>27/06/2024</t>
   </si>
   <si>
     <t>RS6905</t>
   </si>
   <si>
     <t>VTest Business English - 4 Skills</t>
   </si>
   <si>
     <t>28/11/2027</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
   <si>
-    <t>RS7106</t>
-[...10 lines deleted...]
-  <si>
     <t>RS7229</t>
   </si>
   <si>
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
+  </si>
+  <si>
+    <t>RS7399</t>
+  </si>
+  <si>
+    <t>Test d’anglais professionnel - LEVELTEL</t>
+  </si>
+  <si>
+    <t>27/11/2027</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
   <si>
     <t>RS93</t>
   </si>
   <si>
     <t>Test Bright language - Evaluation d'anglais professionnel</t>
   </si>
   <si>
     <t>RS969</t>
   </si>
   <si>
     <t>Test Bright Anglais - Level A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1282,51 +1282,51 @@
       </c>
       <c r="E26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>52816492400011</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1">
         <v>52816492400011</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F28" s="2" t="s">
@@ -1391,31 +1391,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/16/2025 02:27:14</dc:description>
+  <dc:description>Export en date du 03/12/2026 06:56:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>