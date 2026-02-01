--- v0 (2025-11-03)
+++ v1 (2026-02-01)
@@ -151,180 +151,180 @@
   <si>
     <t>BPJEPS Brevet professionnel de la jeunesse, de l'éducation populaire et du sport spécialité "éducateur sportif" mention "rugby à XV"</t>
   </si>
   <si>
     <t>01/09/2026</t>
   </si>
   <si>
     <t>RNCP36458</t>
   </si>
   <si>
     <t>CQP Instructeur fitness option cours collectifs ou musculation et personal training</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>01/06/2022</t>
   </si>
   <si>
     <t>RNCP37106</t>
   </si>
   <si>
     <t>BPJEPS Brevet professionnel de la jeunesse, de l'éducation populaire et du sportspécialité « éducateur sportif » mention « activités de la forme »</t>
   </si>
   <si>
-    <t>08/11/2027</t>
+    <t>01/11/2027</t>
   </si>
   <si>
     <t>RNCP37191</t>
   </si>
   <si>
     <t>BPJEPS Brevet professionnel de la jeunesse, de l’éducation populaire et du sport spécialité « éducateur sportif » mention « activités physiques pour tous »</t>
   </si>
   <si>
-    <t>01/03/2028</t>
+    <t>31/12/2026</t>
   </si>
   <si>
     <t>RNCP37635</t>
   </si>
   <si>
     <t>Manager de commerce et de centre de profit</t>
   </si>
   <si>
     <t>31/05/2026</t>
   </si>
   <si>
     <t>31/05/2023</t>
   </si>
   <si>
     <t>RNCP38142</t>
   </si>
   <si>
     <t>Chargé de développement d’une structure sportive associative</t>
   </si>
   <si>
     <t>18/10/2026</t>
   </si>
   <si>
     <t>18/10/2023</t>
   </si>
   <si>
     <t>RNCP38575</t>
   </si>
   <si>
     <t>TP Responsable de petite ou moyenne structure</t>
   </si>
   <si>
     <t>08/02/2029</t>
   </si>
   <si>
     <t>RNCP38662</t>
   </si>
   <si>
     <t>29/05/2029</t>
   </si>
   <si>
     <t>RNCP38666</t>
   </si>
   <si>
     <t>TP Responsable d'établissement marchand</t>
   </si>
   <si>
     <t>03/03/2029</t>
   </si>
   <si>
+    <t>RNCP38820</t>
+  </si>
+  <si>
+    <t>CQP Animateur de loisir sportif</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>27/03/2028</t>
+  </si>
+  <si>
+    <t>27/03/2024</t>
+  </si>
+  <si>
     <t>RNCP38935</t>
   </si>
   <si>
     <t>Journaliste web</t>
   </si>
   <si>
     <t>26/04/2027</t>
   </si>
   <si>
     <t>26/04/2024</t>
   </si>
   <si>
-    <t>RNCP39969</t>
-[...5 lines deleted...]
-    <t>18/12/2024</t>
+    <t>RNCP39927</t>
+  </si>
+  <si>
+    <t>CPJEPS Mention animateur d’activités et de vie quotidienne dans toute structure de loisirs et d’animation socioculturelle</t>
+  </si>
+  <si>
+    <t>29/11/2029</t>
   </si>
   <si>
     <t>RNCP40595</t>
   </si>
   <si>
     <t>CQP Instructeur fitness</t>
   </si>
   <si>
     <t>30/04/2030</t>
   </si>
   <si>
     <t>30/04/2025</t>
   </si>
   <si>
     <t>RNCP41125</t>
   </si>
   <si>
     <t>Chargé de communication</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>RNCP4900</t>
   </si>
   <si>
     <t>DEJEPS Diplôme d’Etat de la jeunesse, de l’éducation populaire et du sport - spécialité " animation socio-éducative ou culturelle " - 2 mentions : "animation sociale" et "développement de projets, territoires et réseaux".</t>
   </si>
   <si>
     <t>RS5737</t>
   </si>
   <si>
     <t>Certificat complémentaire "Direction d'un accueil collectif de mineurs"</t>
-  </si>
-[...13 lines deleted...]
-    <t>20/09/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1104,195 +1104,195 @@
       </c>
       <c r="E18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>52037450500045</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>52037450500045</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1">
         <v>52037450500045</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>75</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1">
         <v>52037450500045</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1">
         <v>52037450500045</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>10</v>
+        <v>83</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>52037450500045</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>52037450500045</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>87</v>
+        <v>48</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>88</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1305,31 +1305,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/03/2025 01:10:10</dc:description>
+  <dc:description>Export en date du 02/01/2026 16:33:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>