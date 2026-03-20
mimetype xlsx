--- v1 (2026-02-01)
+++ v2 (2026-03-20)
@@ -1305,31 +1305,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/01/2026 16:33:12</dc:description>
+  <dc:description>Export en date du 03/20/2026 15:26:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>