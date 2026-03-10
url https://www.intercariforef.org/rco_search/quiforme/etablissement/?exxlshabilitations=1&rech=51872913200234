--- v0 (2025-11-04)
+++ v1 (2026-03-10)
@@ -37,63 +37,63 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
-    <t>RNCP38478</t>
-[...2 lines deleted...]
-    <t>Coordinateur de projets informatiques (infrastructures cloud, applicatives ou data)</t>
+    <t>RNCP39354</t>
+  </si>
+  <si>
+    <t>Manager du développement d'entreprise et commercial</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
-    <t>21/12/2028</t>
-[...2 lines deleted...]
-    <t>21/12/2023</t>
+    <t>19/07/2027</t>
+  </si>
+  <si>
+    <t>19/07/2024</t>
   </si>
   <si>
     <t>RNCP40913</t>
   </si>
   <si>
     <t>CQP Assistant Médical</t>
   </si>
   <si>
     <t>25/06/2030</t>
   </si>
   <si>
     <t>25/06/2025</t>
   </si>
   <si>
     <t>RNCP41485</t>
   </si>
   <si>
     <t>Attaché commercial</t>
   </si>
   <si>
     <t>27/10/2028</t>
   </si>
   <si>
     <t>27/10/2025</t>
   </si>
@@ -615,31 +615,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/04/2025 15:02:51</dc:description>
+  <dc:description>Export en date du 03/11/2026 00:21:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>