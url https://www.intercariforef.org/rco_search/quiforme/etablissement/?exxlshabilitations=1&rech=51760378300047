--- v0 (2025-11-01)
+++ v1 (2026-01-31)
@@ -325,62 +325,50 @@
   <si>
     <t>RS6205</t>
   </si>
   <si>
     <t>RS6206</t>
   </si>
   <si>
     <t>RS6207</t>
   </si>
   <si>
     <t>RS6208</t>
   </si>
   <si>
     <t>RS6341</t>
   </si>
   <si>
     <t>Communiquer en anglais professionnel - English 360</t>
   </si>
   <si>
     <t>19/07/2026</t>
   </si>
   <si>
     <t>19/07/2023</t>
   </si>
   <si>
-    <t>RS6377</t>
-[...10 lines deleted...]
-  <si>
     <t>RS6893</t>
   </si>
   <si>
     <t>DigComp (Tosa)</t>
   </si>
   <si>
     <t>28/11/2027</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
   <si>
     <t>RS6955</t>
   </si>
   <si>
     <t>Concevoir des dessins techniques et des plans avec AutoCAD (Tosa)</t>
   </si>
   <si>
     <t>18/12/2027</t>
   </si>
   <si>
     <t>18/12/2024</t>
   </si>
   <si>
     <t>RS6956</t>
@@ -443,50 +431,62 @@
     <t>Créer et gérer des sites web avec WordPress (Tosa)</t>
   </si>
   <si>
     <t>RS7096</t>
   </si>
   <si>
     <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
   <si>
     <t>RS8</t>
   </si>
   <si>
     <t>TOSA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -1916,333 +1916,333 @@
       </c>
       <c r="E46" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1">
         <v>51760378300047</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1">
         <v>51760378300047</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1">
         <v>51760378300047</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1">
         <v>51760378300047</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1">
         <v>51760378300047</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1">
         <v>51760378300047</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1">
         <v>51760378300047</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1">
         <v>51760378300047</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1">
         <v>51760378300047</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1">
         <v>51760378300047</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1">
         <v>51760378300047</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1">
         <v>51760378300047</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1">
         <v>51760378300047</v>
       </c>
       <c r="B59" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="C59" s="2" t="s">
+      <c r="G59" s="2" t="s">
         <v>134</v>
-      </c>
-[...10 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1">
         <v>51760378300047</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>135</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>136</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>138</v>
       </c>
     </row>
@@ -2324,31 +2324,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/01/2025 21:31:07</dc:description>
+  <dc:description>Export en date du 01/31/2026 12:41:41</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>