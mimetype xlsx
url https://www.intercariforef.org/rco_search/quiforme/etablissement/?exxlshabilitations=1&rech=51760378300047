--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -2324,31 +2324,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/31/2026 12:41:41</dc:description>
+  <dc:description>Export en date du 03/18/2026 06:57:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>