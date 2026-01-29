--- v0 (2025-10-31)
+++ v1 (2026-01-29)
@@ -379,62 +379,50 @@
   <si>
     <t>RS6298</t>
   </si>
   <si>
     <t>Communiquer en allemand en entreprise (WiDaF)</t>
   </si>
   <si>
     <t>24/04/2026</t>
   </si>
   <si>
     <t>24/04/2023</t>
   </si>
   <si>
     <t>RS6341</t>
   </si>
   <si>
     <t>Communiquer en anglais professionnel - English 360</t>
   </si>
   <si>
     <t>19/07/2026</t>
   </si>
   <si>
     <t>19/07/2023</t>
   </si>
   <si>
-    <t>RS6481</t>
-[...10 lines deleted...]
-  <si>
     <t>RS6893</t>
   </si>
   <si>
     <t>DigComp (Tosa)</t>
   </si>
   <si>
     <t>28/11/2027</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
   <si>
     <t>RS6955</t>
   </si>
   <si>
     <t>Concevoir des dessins techniques et des plans avec AutoCAD (Tosa)</t>
   </si>
   <si>
     <t>18/12/2027</t>
   </si>
   <si>
     <t>18/12/2024</t>
   </si>
   <si>
     <t>RS6956</t>
@@ -509,50 +497,62 @@
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RS7229</t>
   </si>
   <si>
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
   <si>
     <t>RS8</t>
   </si>
   <si>
     <t>TOSA</t>
   </si>
   <si>
     <t>RS93</t>
   </si>
   <si>
     <t>Test Bright language - Evaluation d'anglais professionnel</t>
   </si>
   <si>
     <t>RS969</t>
   </si>
   <si>
     <t>Test Bright Anglais - Level A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -2181,284 +2181,284 @@
       </c>
       <c r="F54" s="2" t="s">
         <v>127</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1">
         <v>49117331600051</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>129</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>130</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1">
         <v>49117331600051</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1">
         <v>49117331600051</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1">
         <v>49117331600051</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1">
         <v>49117331600051</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1">
         <v>49117331600051</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1">
         <v>49117331600051</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1">
         <v>49117331600051</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1">
         <v>49117331600051</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1">
         <v>49117331600051</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1">
         <v>49117331600051</v>
       </c>
       <c r="B65" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E65" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F65" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="C65" s="2" t="s">
+      <c r="G65" s="2" t="s">
         <v>152</v>
-      </c>
-[...10 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1">
         <v>49117331600051</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>153</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>155</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>156</v>
       </c>
     </row>
@@ -2609,31 +2609,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/31/2025 13:44:15</dc:description>
+  <dc:description>Export en date du 01/29/2026 23:02:49</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>