--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -2609,31 +2609,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/29/2026 23:02:49</dc:description>
+  <dc:description>Export en date du 03/16/2026 15:35:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>